--- v0 (2025-10-08)
+++ v1 (2025-11-06)
@@ -1,990 +1,943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="JPG" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="JPG" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00D0384E" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
+    <w:p w14:paraId="55915671" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="43AE0398" w14:textId="77777777" w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="000517D3">
+    <w:p w14:paraId="05CCB032" w14:textId="77777777" w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="000517D3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="1D4F83"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>COMPROMISO COFINANCIACIÓN PERSONAL TÉCNICO DE APOYO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="189016B4" w14:textId="77777777" w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="6AC3B521" w14:textId="77777777" w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="7108A69A" w14:textId="77777777" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="73EC4632" w14:textId="77777777" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="ZapfHumnst Dm BT" w:hAnsi="ZapfHumnst Dm BT" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9798"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidTr="00E76D3B">
+      <w:tr w:rsidR="00D0384E" w:rsidRPr="000517D3" w14:paraId="2AAB214F" w14:textId="77777777" w:rsidTr="00E76D3B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="000517D3">
+          <w:p w14:paraId="4A4DEDDD" w14:textId="4CE34F1A" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="000517D3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Apellidos y nombre</w:t>
             </w:r>
             <w:r w:rsidR="000517D3" w:rsidRPr="000517D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> del doctor que avala la petición</w:t>
+              <w:t xml:space="preserve"> de</w:t>
+            </w:r>
+            <w:r w:rsidR="0006528D">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la persona doctora</w:t>
+            </w:r>
+            <w:r w:rsidR="000517D3" w:rsidRPr="000517D3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> que avala la petición</w:t>
             </w:r>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidTr="005F00B7">
+      <w:tr w:rsidR="00D0384E" w:rsidRPr="000517D3" w14:paraId="1412F763" w14:textId="77777777" w:rsidTr="005F00B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
+          <w:p w14:paraId="0229AE5E" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Área de conocimiento</w:t>
             </w:r>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidTr="005F00B7">
+      <w:tr w:rsidR="00D0384E" w:rsidRPr="000517D3" w14:paraId="1596F888" w14:textId="77777777" w:rsidTr="005F00B7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
+          <w:p w14:paraId="36A93D07" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Departamento</w:t>
             </w:r>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
+    <w:p w14:paraId="5BC93BB7" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00D0384E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="single"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="5204D22B" w14:textId="77777777" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000517D3">
         <w:rPr>
           <w:b/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">SE COMPROMETE </w:t>
       </w:r>
       <w:r w:rsidRPr="000517D3">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>a cofinanciar el contrato como Personal Técnico de Apoyo de:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+    <w:p w14:paraId="1DFF8AAC" w14:textId="77777777" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9798"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidTr="009B6033">
+      <w:tr w:rsidR="000517D3" w:rsidRPr="000517D3" w14:paraId="5E477444" w14:textId="77777777" w:rsidTr="009B6033">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="000517D3">
+          <w:p w14:paraId="6F77B429" w14:textId="76735B24" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="000517D3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Apellidos y nombre del candidato</w:t>
+              <w:t>Apellidos y nombre de</w:t>
+            </w:r>
+            <w:r w:rsidR="00A43EA5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la persona</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000517D3">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> candidat</w:t>
+            </w:r>
+            <w:r w:rsidR="00A43EA5">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidTr="009B6033">
+      <w:tr w:rsidR="000517D3" w:rsidRPr="000517D3" w14:paraId="326988C5" w14:textId="77777777" w:rsidTr="009B6033">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9798" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="009B6033">
+          <w:p w14:paraId="764439C7" w14:textId="77777777" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="009B6033">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>CENTRO DE GASTOS</w:t>
             </w:r>
             <w:r w:rsidRPr="000517D3">
               <w:rPr>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="000517D3">
-[...17 lines deleted...]
-    <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00195C0B">
+    <w:p w14:paraId="15B0C29D" w14:textId="77777777" w:rsidR="000517D3" w:rsidRDefault="000517D3" w:rsidP="000517D3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12368E7F" w14:textId="5BBC7370" w:rsidR="0006528D" w:rsidRPr="0006528D" w:rsidRDefault="0006528D" w:rsidP="000517D3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0006528D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>Se deben adjuntar evidencias de la disponibilidad de los fondos para la cofinanciación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3926BABB" w14:textId="77777777" w:rsidR="000517D3" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00D0384E">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DD66C88" w14:textId="13D6AA8A" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="000517D3" w:rsidP="00195C0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000517D3">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">En </w:t>
       </w:r>
       <w:r w:rsidR="00D0384E" w:rsidRPr="000517D3">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Almería, </w:t>
       </w:r>
-      <w:r w:rsidR="004305DD">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">a </w:t>
+      <w:r w:rsidR="0006528D">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>en la fecha de la firma electrónica</w:t>
       </w:r>
-      <w:r w:rsidR="004305DD">
-[...52 lines deleted...]
-    <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
+    </w:p>
+    <w:p w14:paraId="460E53A7" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
+    <w:p w14:paraId="2EAC1AFD" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
+    <w:p w14:paraId="1B943647" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
+    <w:p w14:paraId="1FF2F785" w14:textId="77777777" w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidRDefault="00D0384E" w:rsidP="00195C0B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000517D3">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Fdo.: ………………………………</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D0384E" w:rsidRPr="000517D3" w:rsidSect="00195C0B">
       <w:headerReference w:type="default" r:id="rId6"/>
       <w:footerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="964" w:bottom="851" w:left="1134" w:header="709" w:footer="358" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00126F35" w:rsidRDefault="00126F35" w:rsidP="00DF3378">
+    <w:p w14:paraId="62A74416" w14:textId="77777777" w:rsidR="00CD3435" w:rsidRDefault="00CD3435" w:rsidP="00DF3378">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00126F35" w:rsidRDefault="00126F35" w:rsidP="00DF3378">
+    <w:p w14:paraId="04A8EB33" w14:textId="77777777" w:rsidR="00CD3435" w:rsidRDefault="00CD3435" w:rsidP="00DF3378">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ZapfHumnst Dm BT">
-    <w:altName w:val="Lucida Sans Unicode"/>
+    <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
+    <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Catamaran">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00086215" w:rsidRDefault="00086215" w:rsidP="00086215">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5DAEC6F0" w14:textId="77777777" w:rsidR="00086215" w:rsidRDefault="00086215" w:rsidP="00086215">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="3969"/>
         <w:tab w:val="left" w:pos="6237"/>
       </w:tabs>
       <w:spacing w:line="144" w:lineRule="auto"/>
       <w:ind w:firstLine="3969"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00086215" w:rsidRDefault="00086215" w:rsidP="00086215">
+  <w:p w14:paraId="1512DBBA" w14:textId="77777777" w:rsidR="00086215" w:rsidRDefault="00086215" w:rsidP="00086215">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="3969"/>
         <w:tab w:val="left" w:pos="6237"/>
       </w:tabs>
       <w:spacing w:line="144" w:lineRule="auto"/>
       <w:ind w:firstLine="3969"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00086215" w:rsidRDefault="00086215" w:rsidP="00086215">
+  <w:p w14:paraId="0F842FB0" w14:textId="77777777" w:rsidR="00086215" w:rsidRDefault="00086215" w:rsidP="00086215">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4252"/>
         <w:tab w:val="clear" w:pos="8504"/>
         <w:tab w:val="left" w:pos="3969"/>
         <w:tab w:val="left" w:pos="6237"/>
       </w:tabs>
       <w:spacing w:line="144" w:lineRule="auto"/>
       <w:ind w:firstLine="3969"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00126F35" w:rsidRDefault="00126F35" w:rsidP="00DF3378">
+    <w:p w14:paraId="1426D5B1" w14:textId="77777777" w:rsidR="00CD3435" w:rsidRDefault="00CD3435" w:rsidP="00DF3378">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00126F35" w:rsidRDefault="00126F35" w:rsidP="00DF3378">
+    <w:p w14:paraId="36DD5097" w14:textId="77777777" w:rsidR="00CD3435" w:rsidRDefault="00CD3435" w:rsidP="00DF3378">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00DF3378" w:rsidRDefault="004305DD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A837C0A" w14:textId="1632473B" w:rsidR="00DF3378" w:rsidRDefault="00DF3378">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
-[...68 lines deleted...]
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D2383F0" wp14:editId="168951A0">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C8BDB15" wp14:editId="21E36C64">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>212090</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2520000" cy="885600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="0" y="0"/>
               <wp:lineTo x="0" y="20918"/>
               <wp:lineTo x="21393" y="20918"/>
               <wp:lineTo x="21393" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
           <wp:docPr id="10" name="0 Imagen"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="logo.JPG"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2520000" cy="885600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00456984"/>
     <w:rsid w:val="000034C8"/>
     <w:rsid w:val="0000718A"/>
     <w:rsid w:val="000517D3"/>
+    <w:rsid w:val="0006528D"/>
     <w:rsid w:val="00086215"/>
     <w:rsid w:val="00124C65"/>
-    <w:rsid w:val="00126F35"/>
     <w:rsid w:val="00134380"/>
     <w:rsid w:val="00162CCC"/>
     <w:rsid w:val="00195C0B"/>
     <w:rsid w:val="001E7B8F"/>
     <w:rsid w:val="002852D7"/>
     <w:rsid w:val="00342508"/>
     <w:rsid w:val="00415DFA"/>
     <w:rsid w:val="004305DD"/>
     <w:rsid w:val="0044465F"/>
     <w:rsid w:val="00456984"/>
     <w:rsid w:val="004A3012"/>
     <w:rsid w:val="0059051A"/>
     <w:rsid w:val="005A1412"/>
     <w:rsid w:val="005C67C9"/>
     <w:rsid w:val="00644C2F"/>
     <w:rsid w:val="006B455A"/>
     <w:rsid w:val="00722FD8"/>
     <w:rsid w:val="007D4C68"/>
     <w:rsid w:val="008149EA"/>
+    <w:rsid w:val="0087144B"/>
     <w:rsid w:val="00887A0E"/>
-    <w:rsid w:val="00AE39C1"/>
+    <w:rsid w:val="00A046C4"/>
+    <w:rsid w:val="00A43EA5"/>
+    <w:rsid w:val="00AA1F54"/>
     <w:rsid w:val="00CC51F5"/>
+    <w:rsid w:val="00CD3435"/>
     <w:rsid w:val="00D0384E"/>
     <w:rsid w:val="00DF3378"/>
+    <w:rsid w:val="00E55AA4"/>
     <w:rsid w:val="00E7031B"/>
     <w:rsid w:val="00EF2D50"/>
     <w:rsid w:val="00F152F8"/>
     <w:rsid w:val="00FB7137"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="49188D0C"/>
   <w15:docId w15:val="{44FEEF5C-1549-4D18-BF4A-185FD640C5FE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1312,50 +1265,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005C67C9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -1455,63 +1413,63 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D0384E"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.JPG"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.JPG"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///d:\datos\Escritorio\Gesti&#243;n%20de%20Proyectos\Nuevos%20oficios\Plantilla%20Folio%20institucional%20Serv.%20Informaci&#243;n%20y%20Registro%20con%20direcci&#243;n%20web.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -1764,65 +1722,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Plantilla Folio institucional Serv. Información y Registro con dirección web.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>58</Words>
-  <Characters>323</Characters>
+  <Words>71</Words>
+  <Characters>396</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>380</CharactersWithSpaces>
+  <CharactersWithSpaces>466</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Usuario de Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>