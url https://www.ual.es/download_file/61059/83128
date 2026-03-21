--- v0 (2025-10-07)
+++ v1 (2026-03-21)
@@ -1457,51 +1457,71 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="20"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B37CEC" w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B37CEC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Duración Determinada (max. 6 meses)</w:t>
+              <w:t>Duración Determinada (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B37CEC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>max</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B37CEC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>. 6 meses)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3178" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="457A8148" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00171788" w:rsidRDefault="00000000" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
@@ -1529,87 +1549,118 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="20"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B37CEC" w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B37CEC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Duración Determinada Fondos de Resiliencia o Europeos no competitivos.</w:t>
+              <w:t xml:space="preserve">Duración Determinada Fondos de Resiliencia o </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B37CEC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Europeos</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B37CEC">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> no competitivos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B37CEC" w:rsidRPr="00B37281" w14:paraId="761341C0" w14:textId="77777777" w:rsidTr="006C1B0B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="347E3041" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">BAREMO A APLICAR EN EL PROCEDIMIENTO SELECTIVO (marcar solo una opción):   </w:t>
+              <w:t>BAREMO A APLICAR</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B37281">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> EN EL PROCEDIMIENTO SELECTIVO (marcar solo una opción):   </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="680E07C0" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
@@ -2031,51 +2082,71 @@
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r w:rsidR="00B37CEC" w:rsidRPr="00B37281">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:spacing w:val="-2"/>
                     <w:sz w:val="20"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B37CEC" w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">     Tiempo parcial (indicar nº de horas):</w:t>
+              <w:t xml:space="preserve">     Tiempo parcial (indicar </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B37CEC" w:rsidRPr="00B37281">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>nº</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B37CEC" w:rsidRPr="00B37281">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de horas):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B37CEC" w:rsidRPr="00B37281" w14:paraId="6C37DB42" w14:textId="77777777" w:rsidTr="006C1B0B">
         <w:trPr>
           <w:trHeight w:val="195"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p w14:paraId="5FAF896C" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
@@ -3141,83 +3212,83 @@
               <w:suppressAutoHyphens/>
               <w:ind w:left="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:color w:val="FF0000"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B37CEC" w:rsidRPr="00B37281" w14:paraId="59615343" w14:textId="77777777" w:rsidTr="00B37CEC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9101" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48B15851" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="48B15851" w14:textId="3462A003" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:left="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">B) MÉRITOS A VALORAR </w:t>
             </w:r>
             <w:r w:rsidRPr="00B37281">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>en los apartados del baremo  “Experiencia o conocimientos relacionados con el perfil del contrato” y/o “Cursos de formación relacionados con el perfil del contrato”.</w:t>
+              <w:t>en los apartados del baremo “Experiencia o conocimientos relacionados con el perfil del contrato” y/o “Cursos de formación relacionados con el perfil del contrato”.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5695F544" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:left="176"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="51EF0360" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:ind w:left="176"/>
@@ -3463,123 +3534,183 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3BE9A144" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Responsable del tratamiento: UNIVERSIDAD DE ALMERÍA. Edificio de Gobierno y Paraninfo, Planta 3, Dpcho. 3.170. Ctra. Sacramento s/n, La Cañada de San Urbano. CP 04120 Almería. DPO: Contacto: dpo@ual.es</w:t>
+        <w:t xml:space="preserve">Responsable del tratamiento: UNIVERSIDAD DE ALMERÍA. Edificio de Gobierno y Paraninfo, Planta 3, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Dpcho</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>. 3.170. Ctra. Sacramento s/n, La Cañada de San Urbano. CP 04120 Almería. DPO: Contacto: dpo@ual.es</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CDC8DD5" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Finalidades o usos de los datos: La finalidad de tratamiento de los datos, es realizar la gestión de las convocatorias de contratos laborales con cargo a créditos de investigación ia en la UNIVERSIDAD DE ALMERÍA, así como para el ejercicio de las demás funciones propias del servicio público de la Enseñanza Superior, reguladas en la Ley Orgánica 2/2023, de 22 de marzo, del Sistema Universitario.</w:t>
+        <w:t xml:space="preserve">Finalidades o usos de los datos: La finalidad de tratamiento de los datos, es realizar la gestión de las convocatorias de contratos laborales con cargo a créditos de investigación </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>ia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la UNIVERSIDAD DE ALMERÍA, así como para el ejercicio de las demás funciones propias del servicio público de la Enseñanza Superior, reguladas en la Ley Orgánica 2/2023, de 22 de marzo, del Sistema Universitario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0439ECD7" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Legitimación: La legitimación para el tratamiento viene dada por el consentimiento expreso del/la interesado/a mediante la conformidad del presente documento, así como por el cumplimiento de una Ley.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D3F9A05" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Plazo de conservación: Los datos personales serán conservados por la UNIVERSIDAD DE ALMERÍA, aún habiendo acabado la relación contractual de prestación de servicios, dentro del periodo de tiempo que fijen las Administraciones competentes en la materia, acorde con lo dispuesto en la normativa educativa o para fines estadísticos.</w:t>
+        <w:t xml:space="preserve">Plazo de conservación: Los datos personales serán conservados por la UNIVERSIDAD DE ALMERÍA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>aún</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> habiendo acabado la relación contractual de prestación de servicios, dentro del periodo de tiempo que fijen las Administraciones competentes en la materia, acorde con lo dispuesto en la normativa educativa o para fines estadísticos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C048835" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t>Destinatarios de los datos (cesiones o transferencias): Los datos no serán cedidos a terceros, salvo que sean comunicados a las entidades públicas o privadas,</w:t>
       </w:r>
@@ -3620,51 +3751,91 @@
         </w:rPr>
         <w:t>22 de marzo, del Sistema Universitario.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64EA43A6" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
-        <w:t>Derechos: Ud. podrá ejercitar los derechos de acceso, rectificación, cancelación/supresión, oposición, limitación o portabilidad. Para ejercitar los derechos deberá presentar un escrito a la dirección indicada en el apartado “Responsable del tratamiento”, o en su caso, a nuestro Delegado de Protección de Datos (dpo@ual.es). Deberá especificar cuál de estos derechos solicita sea satisfecho y, a su vez, deberá acompañarse de la fotocopia del DNI o documento identificativo equivalente. En caso de que actuara mediante representante, legal o voluntario, deberá aportar también documento que acredite la representación y documento identificativo del mismo.  Asimismo, en caso de considerar vulnerado su derecho a la protección de datos personales, podrá interponer una reclamación ante el Consejo de Transparencia y Protección de Datos de Andalucía (https://www.ctpdandalucia.es).</w:t>
+        <w:t>Derechos: Ud. podrá ejercitar los derechos de acceso, rectificación, cancelación/supresión, oposición, limitación o portabilidad. Para ejercitar los derechos deberá presentar un escrito a la dirección indicada en el apartado “</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Responsable</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del tratamiento”, o en su caso, a nuestro </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t>Delegado</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B37CEC">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Protección de Datos (dpo@ual.es). Deberá especificar cuál de estos derechos solicita sea satisfecho y, a su vez, deberá acompañarse de la fotocopia del DNI o documento identificativo equivalente. En caso de que actuara mediante representante, legal o voluntario, deberá aportar también documento que acredite la representación y documento identificativo del mismo.  Asimismo, en caso de considerar vulnerado su derecho a la protección de datos personales, podrá interponer una reclamación ante el Consejo de Transparencia y Protección de Datos de Andalucía (https://www.ctpdandalucia.es).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A3234D0" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37CEC">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
@@ -3781,51 +3952,73 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3C9767BA" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="00B37281" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B37281">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>El abajo firmante, D/Dª …………………… con DNI nº ………………, DECLARA que:</w:t>
+        <w:t xml:space="preserve">El abajo firmante, D/Dª …………………… con DNI </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B37281">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>nº</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B37281">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ………………, DECLARA que:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17730E62" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="007C1E38" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C1E38">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:spacing w:val="-2"/>
@@ -4577,133 +4770,133 @@
             </w:r>
             <w:r w:rsidRPr="0056757A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E82DF8A" w14:textId="7A45EF3B" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="6E82DF8A" w14:textId="1EAAECE0" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="005000DE" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>3.0</w:t>
-[...10 lines deleted...]
-            <w:r>
+              <w:t>3.010</w:t>
+            </w:r>
+            <w:r w:rsidR="00B37CEC">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2DC69BE8" w14:textId="3C24DB14" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="2DC69BE8" w14:textId="088EDF8A" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>3.0</w:t>
             </w:r>
             <w:r w:rsidR="00F47590">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>30</w:t>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00A756D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B37CEC" w:rsidRPr="0056757A" w14:paraId="2B5F61C0" w14:textId="77777777" w:rsidTr="00B37CEC">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
@@ -4797,336 +4990,380 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72406493" w14:textId="37935ECA" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="72406493" w14:textId="38EF0018" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>2.3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F47590">
+              <w:t>2.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A756D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>97</w:t>
+              <w:t>400</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B37CEC" w:rsidRPr="0056757A" w14:paraId="52BAC1C6" w14:textId="77777777" w:rsidTr="00B37CEC">
+      <w:tr w:rsidR="00B37CEC" w:rsidRPr="0056757A" w14:paraId="52BAC1C6" w14:textId="77777777" w:rsidTr="005000DE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4947" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0535D074" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="0535D074" w14:textId="08C7B78C" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0056757A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Salario mínimo para Técnico Superior/Técnico: 1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>400</w:t>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00A756D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>35</w:t>
             </w:r>
             <w:r w:rsidRPr="0056757A">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2086" w:type="dxa"/>
-            <w:tcBorders>
-[...1 lines deleted...]
-            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C8AB37A" w14:textId="3FEFE068" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="7C8AB37A" w14:textId="336F06C1" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00431B59">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>91</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00F47590">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="005000DE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00A756D1">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00431B59">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> euros</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
             <w:tcBorders>
+              <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70143824" w14:textId="18F11D8A" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="-720"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:line="264" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00431B59">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="00A756D1">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00431B59">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> euros</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005000DE" w:rsidRPr="0056757A" w14:paraId="4C471D1A" w14:textId="77777777" w:rsidTr="006D6091">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9023" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70143824" w14:textId="1C2427B2" w:rsidR="00B37CEC" w:rsidRPr="0056757A" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
+          <w:p w14:paraId="3F9EDB12" w14:textId="767EC808" w:rsidR="005000DE" w:rsidRPr="005000DE" w:rsidRDefault="005000DE" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00431B59">
-[...1 lines deleted...]
-                <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005000DE">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>1.</w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> euros</w:t>
+              <w:t>NOTA: Los costes salariales podrán verse incrementados si la persona beneficiaria del contrato percibe trienios</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="61A8BD24" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
-      <w:pPr>
-[...14 lines deleted...]
-    <w:p w14:paraId="216D03B8" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRDefault="00B37CEC" w:rsidP="00B37CEC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-720"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="18" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="18" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8911"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B37CEC" w14:paraId="16F4A35D" w14:textId="77777777" w:rsidTr="006C1B0B">
+      <w:tr w:rsidR="00B37CEC" w14:paraId="16F4A35D" w14:textId="77777777" w:rsidTr="005000DE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9911" w:type="dxa"/>
+            <w:tcW w:w="8911" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6E34640F" w14:textId="77777777" w:rsidR="00B37CEC" w:rsidRPr="000718EA" w:rsidRDefault="00B37CEC" w:rsidP="006C1B0B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:spacing w:line="264" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000718EA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -5398,58 +5635,58 @@
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B37CEC" w:rsidSect="00B37CEC">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="244" w:left="1531" w:header="1701" w:footer="1474" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="318B322D" w14:textId="77777777" w:rsidR="00FF6FFA" w:rsidRDefault="00FF6FFA" w:rsidP="007447F1">
+    <w:p w14:paraId="1595E8B8" w14:textId="77777777" w:rsidR="00AE61EE" w:rsidRDefault="00AE61EE" w:rsidP="007447F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52DC72C3" w14:textId="77777777" w:rsidR="00FF6FFA" w:rsidRDefault="00FF6FFA" w:rsidP="007447F1">
+    <w:p w14:paraId="2A36702B" w14:textId="77777777" w:rsidR="00AE61EE" w:rsidRDefault="00AE61EE" w:rsidP="007447F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="ZapfHumnst Dm BT">
     <w:altName w:val="Calibri"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000087" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000001B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
@@ -5463,86 +5700,86 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...1 lines deleted...]
-    <w:embedBold r:id="rId2" w:fontKey="{759B7B4E-2751-4C2A-BDE1-84CBD3F6A70F}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{7D4BFC7D-F5FA-447A-866D-A03C49307132}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{FDC524B8-5C3A-44E5-8B22-B8FE75152366}"/>
   </w:font>
   <w:font w:name="Catamaran Medium">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{0A3053BE-0702-4E1A-A044-58A530A21C76}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{C57EBA85-0EDE-4F49-9EB3-C3C437F75C8D}"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{98CFCC1A-EAA7-4461-87E8-3689B95B3270}"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{B7E7A19C-03C8-4BC5-A047-8D7F843B91FC}"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId5" w:subsetted="1" w:fontKey="{72399EE9-D3A7-4D36-9654-C9E55F81964A}"/>
+    <w:embedRegular r:id="rId5" w:subsetted="1" w:fontKey="{C4C6BC2B-B292-432F-901E-899978258473}"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{AAE481A3-4E1F-4A18-AC42-25A2A6C8CE47}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId6" w:fontKey="{2E983BF5-4847-4C7F-826B-20606F504945}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4444D1DE" w14:textId="6878E39D" w:rsidR="00AE17D2" w:rsidRDefault="000A3F1E">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r w:rsidRPr="009F251A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DDB02C0" wp14:editId="5D406740">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5408930</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>430452</wp:posOffset>
               </wp:positionV>
@@ -6029,58 +6266,58 @@
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="758B4B02" id="Rectángulo 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:42.45pt;margin-top:29.75pt;width:99.05pt;height:27.55pt;z-index:251669504;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCGWmXAoAIAAIcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTpG2COkXQosOA&#10;oi3aDj0rshQbkEVNUuJkf7Nv2Y+Nkmy364odhuWgiCL5SD6TPL/Yt4rshHUN6JIWRzklQnOoGr0p&#10;6den609nlDjPdMUUaFHSg3D0Yvnxw3lnFmICNahKWIIg2i06U9Lae7PIMsdr0TJ3BEZoVEqwLfMo&#10;2k1WWdYhequySZ6fZB3Yyljgwjl8vUpKuoz4Ugru76R0whNVUszNx9PGcx3ObHnOFhvLTN3wPg32&#10;D1m0rNEYdIS6Yp6RrW3+gGobbsGB9Ecc2gykbLiINWA1Rf6mmseaGRFrQXKcGWly/w+W3+7uLWmq&#10;ks4o0azFT/SApP38oTdbBWQWCOqMW6Ddo7m3veTwGqrdS9uGf6yD7COph5FUsfeE42MxmZ3OTwpK&#10;OOqOp/OzswiavXgb6/xnAS0Jl5JajB+5ZLsb5zEimg4mIZgD1VTXjVJRsJv1pbJkx/ADHxcn+Xwa&#10;UkaX38yUDsYagltSh5csVJZqiTd/UCLYKf0gJJKC2U9iJrEdxRiHcS60L5KqZpVI4Wc5/obooYGD&#10;R8wlAgZkifFH7B5gsEwgA3bKsrcPriJ28+ic/y2x5Dx6xMig/ejcNhrsewAKq+ojJ/uBpERNYGkN&#10;1QFbxkKaJWf4dYPf7YY5f88sDg+OGS4Ef4eHVNCVFPobJTXY7++9B3vsadRS0uEwltR92zIrKFFf&#10;NHb7vJhOw/RGYTo7naBgX2vWrzV6214CtgP2HGYXr8Heq+EqLbTPuDdWISqqmOYYu6Tc20G49GlJ&#10;4ObhYrWKZjixhvkb/Wh4AA+shr582j8za/rm9dj2tzAMLlu86eFkGzw1rLYeZBMb/IXXnm+c9tg4&#10;/WYK6+S1HK1e9ufyFwAAAP//AwBQSwMEFAAGAAgAAAAhAGsudpLgAAAACQEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPg0AQhe8m/ofNmHizSys0FFkaY2L0oMS2Rq8LOwUiO4vstsV/3/Gkx8n78uZ7&#10;+XqyvTji6DtHCuazCARS7UxHjYL33eNNCsIHTUb3jlDBD3pYF5cXuc6MO9EGj9vQCC4hn2kFbQhD&#10;JqWvW7Taz9yAxNnejVYHPsdGmlGfuNz2chFFS2l1R/yh1QM+tFh/bQ9WwWuXvHy8Vfs2LZ++d8/D&#10;pvyM4lKp66vp/g5EwCn8wfCrz+pQsFPlDmS86BWk8YpJBckqAcH5Ir3lbRWD83gJssjl/wXFGQAA&#10;//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVu&#10;dF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEA&#10;AF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIZaZcCgAgAAhwUAAA4AAAAAAAAAAAAAAAAALgIA&#10;AGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGsudpLgAAAACQEAAA8AAAAAAAAAAAAAAAAA&#10;+gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAHBgAAAAA=&#10;" fillcolor="#316094" stroked="f" strokeweight="1pt">
               <w10:wrap anchorx="page"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1EEF5BE0" w14:textId="77777777" w:rsidR="00FF6FFA" w:rsidRDefault="00FF6FFA" w:rsidP="007447F1">
+    <w:p w14:paraId="2B388230" w14:textId="77777777" w:rsidR="00AE61EE" w:rsidRDefault="00AE61EE" w:rsidP="007447F1">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="41EBF8EE" w14:textId="77777777" w:rsidR="00FF6FFA" w:rsidRDefault="00FF6FFA" w:rsidP="007447F1">
+    <w:p w14:paraId="100EC9D5" w14:textId="77777777" w:rsidR="00AE61EE" w:rsidRDefault="00AE61EE" w:rsidP="007447F1">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7A57AF34" w14:textId="0D9B5C6C" w:rsidR="00D959A8" w:rsidRDefault="00D959A8">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="274CD714" wp14:editId="20336330">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>1241244</wp:posOffset>
@@ -6498,164 +6735,172 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1359159553">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007447F1"/>
     <w:rsid w:val="0004277A"/>
+    <w:rsid w:val="000721F8"/>
     <w:rsid w:val="000A3F1E"/>
     <w:rsid w:val="001004A4"/>
     <w:rsid w:val="00107D89"/>
     <w:rsid w:val="001651B4"/>
     <w:rsid w:val="0016701E"/>
     <w:rsid w:val="00167501"/>
     <w:rsid w:val="001A21F9"/>
     <w:rsid w:val="001E6819"/>
     <w:rsid w:val="002013B6"/>
     <w:rsid w:val="002447E7"/>
     <w:rsid w:val="00274B2D"/>
     <w:rsid w:val="002C042B"/>
     <w:rsid w:val="002C7E4D"/>
     <w:rsid w:val="002F15ED"/>
     <w:rsid w:val="003759C2"/>
     <w:rsid w:val="003A5840"/>
     <w:rsid w:val="003C70A9"/>
     <w:rsid w:val="003D6FED"/>
     <w:rsid w:val="00433FB3"/>
     <w:rsid w:val="004575B2"/>
     <w:rsid w:val="00464AC1"/>
     <w:rsid w:val="004B0E8D"/>
     <w:rsid w:val="004E2F0C"/>
     <w:rsid w:val="004F280C"/>
+    <w:rsid w:val="005000DE"/>
     <w:rsid w:val="0050796E"/>
     <w:rsid w:val="0053494C"/>
     <w:rsid w:val="005540B3"/>
     <w:rsid w:val="005C2FB1"/>
     <w:rsid w:val="00634981"/>
     <w:rsid w:val="00641E0F"/>
     <w:rsid w:val="00652976"/>
     <w:rsid w:val="00671FDF"/>
     <w:rsid w:val="006908F4"/>
     <w:rsid w:val="00691302"/>
     <w:rsid w:val="006F7AEC"/>
     <w:rsid w:val="0071073B"/>
     <w:rsid w:val="0073469E"/>
     <w:rsid w:val="007447F1"/>
     <w:rsid w:val="007626E2"/>
     <w:rsid w:val="007B65D1"/>
     <w:rsid w:val="007C2BEC"/>
     <w:rsid w:val="007D1A41"/>
     <w:rsid w:val="007F36CE"/>
     <w:rsid w:val="00870D93"/>
+    <w:rsid w:val="008D7F63"/>
     <w:rsid w:val="008F5ED0"/>
     <w:rsid w:val="00941F5B"/>
     <w:rsid w:val="00960398"/>
     <w:rsid w:val="009635C6"/>
     <w:rsid w:val="009C6CD9"/>
     <w:rsid w:val="009C7D14"/>
     <w:rsid w:val="009E1454"/>
     <w:rsid w:val="009E5C33"/>
     <w:rsid w:val="009F251A"/>
     <w:rsid w:val="00A138B3"/>
     <w:rsid w:val="00A4360B"/>
+    <w:rsid w:val="00A50864"/>
+    <w:rsid w:val="00A756D1"/>
     <w:rsid w:val="00A8601B"/>
     <w:rsid w:val="00AE17D2"/>
+    <w:rsid w:val="00AE61EE"/>
     <w:rsid w:val="00B37CEC"/>
     <w:rsid w:val="00B6018B"/>
     <w:rsid w:val="00B90130"/>
     <w:rsid w:val="00BD44EC"/>
     <w:rsid w:val="00BE6830"/>
     <w:rsid w:val="00BF00E9"/>
     <w:rsid w:val="00C435AD"/>
     <w:rsid w:val="00C60A14"/>
     <w:rsid w:val="00C7272D"/>
     <w:rsid w:val="00CB3F6C"/>
     <w:rsid w:val="00CD0527"/>
     <w:rsid w:val="00CF2BB1"/>
     <w:rsid w:val="00D01ED4"/>
     <w:rsid w:val="00D920CE"/>
     <w:rsid w:val="00D959A8"/>
     <w:rsid w:val="00D9643B"/>
     <w:rsid w:val="00DA57AA"/>
     <w:rsid w:val="00DB726B"/>
     <w:rsid w:val="00DC54EF"/>
     <w:rsid w:val="00DD743B"/>
     <w:rsid w:val="00E1051F"/>
     <w:rsid w:val="00E716F7"/>
     <w:rsid w:val="00E76226"/>
     <w:rsid w:val="00EE1878"/>
     <w:rsid w:val="00F05BEB"/>
     <w:rsid w:val="00F07146"/>
     <w:rsid w:val="00F31CAE"/>
     <w:rsid w:val="00F32E3A"/>
     <w:rsid w:val="00F4376B"/>
     <w:rsid w:val="00F47590"/>
+    <w:rsid w:val="00F7239A"/>
     <w:rsid w:val="00F7348A"/>
     <w:rsid w:val="00F7419B"/>
     <w:rsid w:val="00FF6FFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PersonName"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
@@ -7303,141 +7548,145 @@
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Catamaran Medium">
     <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C84642"/>
     <w:rsid w:val="000D5435"/>
     <w:rsid w:val="001E2BF4"/>
     <w:rsid w:val="002029FB"/>
     <w:rsid w:val="002C7E4D"/>
+    <w:rsid w:val="00317294"/>
     <w:rsid w:val="00331947"/>
     <w:rsid w:val="00346520"/>
     <w:rsid w:val="003E72B5"/>
     <w:rsid w:val="00402477"/>
     <w:rsid w:val="004D69D2"/>
     <w:rsid w:val="00635877"/>
     <w:rsid w:val="00654C1A"/>
     <w:rsid w:val="00667C0E"/>
     <w:rsid w:val="00713472"/>
     <w:rsid w:val="0086725E"/>
+    <w:rsid w:val="008D7F63"/>
     <w:rsid w:val="00912F42"/>
     <w:rsid w:val="00941F5B"/>
     <w:rsid w:val="009E5C33"/>
     <w:rsid w:val="00BF00E9"/>
     <w:rsid w:val="00C11B9A"/>
     <w:rsid w:val="00C84642"/>
     <w:rsid w:val="00C97797"/>
     <w:rsid w:val="00CA7116"/>
     <w:rsid w:val="00CD0925"/>
     <w:rsid w:val="00CF2C5B"/>
     <w:rsid w:val="00DA622E"/>
+    <w:rsid w:val="00E763B5"/>
     <w:rsid w:val="00F05BEB"/>
     <w:rsid w:val="00F431D2"/>
+    <w:rsid w:val="00F7239A"/>
     <w:rsid w:val="00FB1ED6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
@@ -8154,69 +8403,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB1F16E9-AB48-4872-A71E-2CE8DDF5A3A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1179</Words>
-  <Characters>6486</Characters>
+  <Words>1196</Words>
+  <Characters>6580</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>54</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7650</CharactersWithSpaces>
+  <CharactersWithSpaces>7761</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>usuario</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>