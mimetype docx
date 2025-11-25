--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -24,92 +24,156 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6EE92AC5" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">CONVENIO DE COLABORACIÓN ENTRE LA UNIVERSIDAD DE ALMERÍA Y LA </w:t>
-[...7 lines deleted...]
-        <w:t>….(</w:t>
+        <w:t>CONVENIO DE COLABORACIÓN ENTRE LA UNIVERSIDAD DE ALMERÍA Y LA</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar el nombre de la entidad</w:t>
-[...7 lines deleted...]
-        <w:t>)….</w:t>
+        <w:t xml:space="preserve">indicar el nombre de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>entidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> PARA LA CREACIÓN DEL SEMINARIO PERMANENTE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>“…(indicar la denominación del seminario permanente)…</w:t>
-      </w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar la denominación del seminario </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>permanente)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
         </w:rPr>
         <w:t>” DE LA UNIVERSIDAD DE ALMERÍA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="021AC2FA" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57B6AA97" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="141"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
@@ -172,122 +236,123 @@
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>De una parte,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> D. José Joaquín </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Lorente, Rector Magnífico de la Universidad de Almería, en nombre y representación legal de la misma, con domicilio en Ctra. Sacramento s/n – La Cañada de San Urbano, 04120 Almería, nombrado en virtud del Decreto 270/2023, de 14 de noviembre (BOJA núm. 223, de 21 de noviembre de 2023), con las atribuciones que le confieren los Estatutos de la Universidad de Almería, aprobados por el Decreto 225/2018, de 18 de diciembre (BOJA núm. 247, de 24 diciembre de 2018).</w:t>
+        <w:t xml:space="preserve"> D. José Joaquín Céspedes Lorente, Rector Magnífico de la Universidad de Almería, en nombre y representación legal de la misma, con domicilio en Ctra. Sacramento s/n – La Cañada de San Urbano, 04120 Almería, nombrado en virtud del Decreto 270/2023, de 14 de noviembre (BOJA núm. 223, de 21 de noviembre de 2023), con las atribuciones que le confieren los Estatutos de la Universidad de Almería, aprobados por el Decreto 225/2018, de 18 de diciembre (BOJA núm. 247, de 24 diciembre de 2018).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7342AC2C" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5FD401C1" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
         </w:rPr>
         <w:t>Y de otra,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t xml:space="preserve"> D./Dña. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(indicar el nombre del representante de la entidad. Si se tratara de una entidad privada, su cargo, y si se tratase de una administración pública, su nombramiento y la norma que le otorga la capacidad de representación.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Indicar el CIF de la empresa y el domicilio</w:t>
-[...6 lines deleted...]
-        <w:t>)…….</w:t>
+        <w:t xml:space="preserve"> Indicar el CIF de la empresa y el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>domicilio</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="635426FF" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E68F555" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
@@ -330,205 +395,309 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="141" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Que, en función de su naturaleza y objetivos, las Instituciones que suscriben el presente Convenio han coincidido en la especial significación y relevancia </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>…(indicar el objeto del convenio)…</w:t>
-      </w:r>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar el objeto del </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>convenio)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17559DEC" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="141" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Que la colaboración entre la Universidad de Almería (en adelante UAL) y </w:t>
-[...6 lines deleted...]
-        <w:t>….(</w:t>
+        <w:t>Que la colaboración entre la Universidad de Almería (en adelante UAL) y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar el nombre de la entidad</w:t>
-[...6 lines deleted...]
-        <w:t>)….</w:t>
+        <w:t xml:space="preserve">indicar el nombre de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>entidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">(en adelante la ENTIDAD), con la creación del seminario permanente </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>“…(indicar la denominación del seminario permanente)…</w:t>
-      </w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar la denominación del seminario </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>permanente)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">es una buena garantía para que se lleven a cabo los objetivos del plan estratégico de la Universidad de Almería, referidos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>….(</w:t>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar objetivos relacionados con el seminario permanente</w:t>
-[...6 lines deleted...]
-        <w:t>)….</w:t>
+        <w:t xml:space="preserve">indicar objetivos relacionados con el seminario </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>permanente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A981A49" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="48353B29" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
@@ -647,145 +816,221 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>El presente convenio tiene por objeto definir los términos de la colaboración entre la UAL y la ENTIDAD para la creación Seminario Permanente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>“…(indicar la denominación del seminario permanente)…</w:t>
-      </w:r>
+        <w:t>“</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar la denominación del seminario </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>permanente)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">que tendrá como objetivo las materias que son propias del ámbito </w:t>
-[...6 lines deleted...]
-        <w:t>….(</w:t>
+        <w:t>que tendrá como objetivo las materias que son propias del ámbito</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar el ámbito</w:t>
+        <w:t xml:space="preserve">indicar el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ámbito</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)…</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2B1C37AD" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>El programa del Seminario Permanente se inscribe en el ámbito académico</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">del </w:t>
-[...6 lines deleted...]
-        <w:t>….(</w:t>
+        <w:t>del</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar el Vicerrectorado correspondiente</w:t>
+        <w:t xml:space="preserve">indicar el Vicerrectorado </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>correspondiente</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)…</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="7490AAE8" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SEGUNDA. Composición del Seminario Permanente.</w:t>
@@ -798,144 +1043,208 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t xml:space="preserve">El Seminario Permanente estará compuesto al menos por un director y, en su caso, uno o varios codirectores, un secretario y un consejo asesor. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="392DD173" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">El consejo asesor estará formado por el director, el codirector o codirectores si los hubiera, el secretario, </w:t>
-[...6 lines deleted...]
-        <w:t>….(</w:t>
+        <w:t xml:space="preserve">El consejo asesor estará formado por el director, el codirector o codirectores si los hubiera, el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve">secretario, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar el número de miembros de la UAL</w:t>
+        <w:t xml:space="preserve">indicar el número de miembros de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>UAL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)…</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-        <w:t>….(</w:t>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> representantes de la UAL y</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>indicar el número de miembros de la entidad</w:t>
+        <w:t xml:space="preserve">indicar el número de miembros de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>entidad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)…</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t xml:space="preserve"> representantes de la ENTIDAD.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DC90637" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">La composición </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>del Seminario Permanente respetará en todo caso los artículos 11 al 17 del Reglamento de Cátedras y Seminarios Permanentes de la UAL.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140032DE" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">El Director y los Codirectores, en su caso, elaborarán, al comienzo de cada curso académico, un Plan anual de actividades a desarrollar durante el mismo. Al final del periodo elaborarán una Memoria anual de las actividades desarrolladas. </w:t>
+        <w:t xml:space="preserve">El </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>Director</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y los Codirectores, en su caso, elaborarán, al comienzo de cada curso académico, un Plan anual de actividades a desarrollar durante el mismo. Al final del periodo elaborarán una Memoria anual de las actividades desarrolladas. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66AC1BAE" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>El Seminario Permanente se ubicará en el lugar que se le asigne dentro de las instalaciones de la Universidad de Almería, según disponibilidad de espacio. Gozará de las mismas condiciones que otras estructuras universitarias en cuanto al acceso a internet, gasto eléctrico, consumo telefónico y acceso a salas de reuniones y de conferencias de la UAL.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73AEC26B" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
@@ -1416,387 +1725,488 @@
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Promover la participación en las actividades del Seminario Permanente objeto del presente Convenio. </w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="53A2DE38" w14:textId="7E6085C9" w:rsidR="007D57FA" w:rsidRPr="00F5317F" w:rsidRDefault="007D57FA">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5317F">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>El Seminario Permanente se compromete a desarrollar, al menos, una actividad de inicio del Seminario Permanente, que consistirá en "XXXX" con una dotación económica de "XXXXX", que será ingresada dentro del primer mes posterior a la firma del Convenio, y que pasará a formar parte de la previsión de actividades a desarrollar por el Seminario en la primera anualidad de vigencia del Convenio.</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="6E64E6B9" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SEXTA. Gestión económica y de los recursos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FF43EF2" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
-[...14 lines deleted...]
-    <w:p w14:paraId="481F8794" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
+    <w:p w14:paraId="2FF43EF2" w14:textId="5488871B" w:rsidR="00614D1B" w:rsidRPr="00F5317F" w:rsidRDefault="00982E4C" w:rsidP="00F5317F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5317F">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corresponde al director y, en su caso, a los codirectores la gestión económica y de los recursos del Seminario Permanente, provenientes de sus colaboradores y/o de cualesquiera otros fondos que el Seminario Permanente obtenga de programas o de otras fuentes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="481F8794" w14:textId="5CB6E21B" w:rsidR="00614D1B" w:rsidRPr="00F5317F" w:rsidRDefault="00982E4C" w:rsidP="00F5317F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5317F">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>La Universidad de Almería aplicará a los ingresos recibidos por el Seminario Permanente un canon del 10% en concepto de compensación por la gestión y utilización de infraestructuras de la Universidad. La cuantía del canon se ingresará en un Centro de Gastos del Vicerrectorado con competencias en materia de Cátedras Universitarias y Seminarios Permanentes, y tendrá la consideración de costes indirectos a los efectos de lo dispuesto en el artículo 31.9 de la Ley 38/2003, de 17 de noviembre, General de Subvenciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FEFA21B" w14:textId="726AB9EF" w:rsidR="000747A3" w:rsidRPr="00F5317F" w:rsidRDefault="000747A3" w:rsidP="00F5317F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F5317F">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Este canon podrá cambiar bien porque las normas de ejecución del presupuesto de la Universidad de Almería así lo indiquen o bien porque se modifique el Reglamento de Cátedras y Seminarios Permanentes.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5317F" w:rsidRPr="00F5317F">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F5317F">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Si se diera dicha modificación, entrará en vigor en el ejercicio siguiente a su fecha de aprobación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2273A219" w14:textId="77777777" w:rsidR="000747A3" w:rsidRDefault="000747A3" w:rsidP="000747A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
-        </w:rPr>
-[...8 lines deleted...]
-    <w:p w14:paraId="5CABF3F6" w14:textId="190AADCB" w:rsidR="00D40C79" w:rsidRDefault="00D40C79">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA12569" w14:textId="572ADD2B" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="000747A3">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
-        </w:rPr>
-[...20 lines deleted...]
-    <w:p w14:paraId="7CA12569" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>SÉPTIMA. Nombramiento del Consejo Asesor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D251585" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>La duración de los cargos del Consejo Asesor, su nombramiento y cese se regirán por lo dispuesto en el Reglamento de Cátedras y Seminarios Permanentes de la UAL.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22B76A35" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>SÉPTIMA. Nombramiento del Consejo Asesor.</w:t>
-[...17 lines deleted...]
-    <w:p w14:paraId="22B76A35" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
+        <w:t>OCTAVA. Vigencia del Convenio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C650F37" w14:textId="77777777" w:rsidR="00B11731" w:rsidRDefault="00B11731" w:rsidP="00B11731">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El presente Convenio tendrá una vigencia de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>indicar el periodo de vigencia del convenio, recomendado 4 años)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a partir de la fecha de su firma, a no ser que una de las partes notifique a la otra el deseo de darlo por concluido, con una antelación de, al menos, tres meses de la fecha de finalización.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C05831A" w14:textId="77777777" w:rsidR="00B11731" w:rsidRDefault="00B11731" w:rsidP="00B11731">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">En cualquier momento, antes de la finalización del plazo previsto en el apartado anterior, los firmantes del Convenio podrán acordar unánimemente su prórroga por un periodo de hasta cuatro años adicionales. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A835948" w14:textId="77777777" w:rsidR="00B11731" w:rsidRDefault="00B11731" w:rsidP="00B11731">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>En cualquier caso, las partes se comprometen a finalizar el desarrollo de las acciones ya iniciadas en el momento de notificación de la renuncia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="192EE765" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>OCTAVA. Vigencia del Convenio.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4C650F37" w14:textId="77777777" w:rsidR="00B11731" w:rsidRDefault="00B11731" w:rsidP="00B11731">
+        <w:t xml:space="preserve">NOVENA. </w:t>
+      </w:r>
+      <w:r w:rsidR="00576740" w:rsidRPr="00576740">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Modificación y extinción del convenio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376FC19E" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00576740">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">El presente Convenio tendrá una vigencia de </w:t>
-[...16 lines deleted...]
-    <w:p w14:paraId="5C05831A" w14:textId="77777777" w:rsidR="00B11731" w:rsidRDefault="00B11731" w:rsidP="00B11731">
+        <w:t>El presente Convenio podrá ser modificado por mutuo acuerdo entre las partes, a solicitud de cualquiera de ellas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55639F84" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00576740">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">En cualquier momento, antes de la finalización del plazo previsto en el apartado anterior, los firmantes del Convenio podrán acordar unánimemente su prórroga por un periodo de hasta cuatro años adicionales. </w:t>
-[...81 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>Son causas de extinción del Convenio, además de las previstas en el artículo 51 de la Ley 40/2015, de 1 de octubre, las siguientes:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="69EB71FA" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00576740">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Por denuncia de alguna de las partes con antelación mínima de 1 mes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08807AA9" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00576740">
+    <w:p w14:paraId="08807AA9" w14:textId="5A51814F" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00576740">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>La desaparición del objeto del mismo</w:t>
+        <w:t xml:space="preserve">La desaparición del objeto </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>del mismo</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="005478BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43EE5C04" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00576740">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>En caso de modificación o extinción del Convenio, las partes se comprometen a finalizar las actividades iniciadas en virtud de los compromisos adquiridos, estableciendo un plazo improrrogable para su finalización.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A4CEF41" w14:textId="77777777" w:rsidR="00576740" w:rsidRDefault="00576740" w:rsidP="00E95C25">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
@@ -1858,205 +2268,193 @@
         <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">UNDÉCIMA. </w:t>
       </w:r>
       <w:r w:rsidR="00982E4C">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Normativa aplicable al presente Convenio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056FEB42" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="00576740">
+    <w:p w14:paraId="056FEB42" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="000D0B68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>La Ley Orgánica 2/2023, de 22 de marzo, del Sistema Universitario, que establece en el apartado 2.q) del artículo 3, que regula la autonomía de las universidades, la posibilidad del establecimiento de relaciones con otras universidades, instituciones, organismos, Corporaciones de Derecho Público, Administraciones Públicas o empresas y entidades locales, nacionales e internacionales, con el objeto de desarrollar algunas de las funciones que le son propias a la Universidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31A0F987" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="00576740">
+    <w:p w14:paraId="31A0F987" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="000D0B68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">El Decreto Legislativo 1/2013, de 8 enero, por el que se aprueba el Texto Refundido de la Ley Andaluza de Universidades, artículo 3, letras c) y h), al referirse tales preceptos a la prestación de un servicio público que garantice la vinculación de la Universidad con los intereses sociales, así como el encuentro necesario y mutuamente enriquecedor entre Universidad y entorno social. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07916C84" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="00576740">
+    <w:p w14:paraId="07916C84" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="000D0B68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-[...11 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Los Estatutos de la Universidad de Almería, aprobados por Decreto 225/2018, de 18 de diciembre (BOJA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>nº</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 247, de 24 diciembre de 2018) que establecen como compromiso de buen gobierno, artículo 6 b), «la mayor proyección social de las actividades mediante el establecimiento de cauces de colaboración y asistencia a la sociedad, con el fin de apoyar el progreso social, económico y cultural». Asimismo, dentro de los principios generales de la investigación y la transferencia del conocimiento, artículo 84.7, reconoce que «la transferencia de tecnología y conocimiento es uno de los fines de la UAL como agente de desarrollo económico, social y cultural del entorno en que se ubica; de este modo contribuirá a la mejora de la capacidad de innovación del territorio y de la sociedad». Además, el artículo 84.8 atribuye a la UAL el fomento </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="70FCA777" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="00576740">
+        <w:t xml:space="preserve"> 247, de 24 diciembre de 2018) que establecen como compromiso de buen gobierno, artículo 6 b), «la mayor proyección social de las actividades mediante el establecimiento de cauces de colaboración y asistencia a la sociedad, con el fin de apoyar el progreso social, económico y cultural». Asimismo, dentro de los principios generales de la investigación y la transferencia del conocimiento, artículo 84.7, reconoce que «la transferencia de tecnología y conocimiento es uno de los fines de la UAL como agente de desarrollo económico, social y cultural del entorno en que se ubica; de este modo contribuirá a la mejora de la capacidad de innovación del territorio y de la sociedad». Además, el artículo 84.8 atribuye a la UAL el fomento de la transferencia de resultados de investigación y la prestación de apoyo al Personal Docente e Investigador, al Personal Investigador, así como a los Grupos, Centros e Institutos de Investigación en la celebración de contratos, convenios o proyectos de colaboración para la realización de trabajos de carácter científico, técnico, artístico o social. Por otra parte, el artículo 132, letra o), establece que es competencia del Rector suscribir y denunciar los acuerdos y convenios de los que sea parte la Universidad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FCA777" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="000D0B68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>El Reglamento de Cátedras y Seminarios Permanentes de la Universidad de Almería, aprobado por Consejo de Gobierno de fecha 28 de noviembre de 2019 y demás normativa que sea de aplicación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B1842E" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="00576740">
+    <w:p w14:paraId="27B1842E" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="000D0B68">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="4"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
-        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="425" w:hanging="425"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>La Ley 40/2015, de 1 de octubre, de Régimen Jurídico del Sector Público.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6028AD9A" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C" w:rsidP="00E95C25">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="360" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
@@ -2157,106 +2555,121 @@
         <w:t>. Protección de datos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C0D489C" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>De conformidad con la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales, así como con el Reglamento (UE) 2016/679 del Parlamento Europeo y del Consejo, de 27 de abril de 2016, relativo a la protección de las personas físicas en lo que respecta al tratamiento de datos personales y a la libre circulación de estos datos y por el que se deroga la Directiva 95/46/CE (Reglamento general de protección de datos), le informamos que la Universidad de Almería es la responsable del tratamiento de los datos de carácter personal recogidos al amparo del presente Convenio.</w:t>
+        <w:t xml:space="preserve">De conformidad con la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales, así como con el Reglamento (UE) 2016/679 del Parlamento Europeo y del Consejo, de 27 de abril de 2016, relativo a la protección de las personas físicas en lo que respecta al tratamiento de datos personales y a la libre circulación de estos datos y por el que se deroga la Directiva 95/46/CE (Reglamento general de protección de datos), le informamos que la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Universidad de Almería es la responsable del tratamiento de los datos de carácter personal recogidos al amparo del presente Convenio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44A74D88" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t xml:space="preserve">La finalidad de la recogida y tratamiento de la información es la gestión del presente Convenio, así como el mantenimiento del contacto de ambas partes. La licitud del tratamiento de dichos datos se hará de acuerdo con el artículo 6.1.b) y e), del citado Reglamento General de Protección de Datos, así como al consentimiento prestado con la firma de este Convenio. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61563179" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">Asimismo, le informamos que la UAL no cederá o comunicará sus datos personales, salvo en los supuestos legalmente previstos o cuando fuere necesario para la prestación del servicio, y que los </w:t>
-[...6 lines deleted...]
-        <w:t>datos serán conservados aun después de que hubiera cesado la referida relación con la UAL, durante el tiempo que puedan ser requeridos por control o fiscalización de la entidad pública competente (Organismo de la Seguridad Social, Agencia Tributaria, Juzgados o Tribunales).</w:t>
+        <w:t>Asimismo, le informamos que la UAL no cederá o comunicará sus datos personales, salvo en los supuestos legalmente previstos o cuando fuere necesario para la prestación del servicio, y que los datos serán conservados aun después de que hubiera cesado la referida relación con la UAL, durante el tiempo que puedan ser requeridos por control o fiscalización de la entidad pública competente (Organismo de la Seguridad Social, Agencia Tributaria, Juzgados o Tribunales).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42B4CB58" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve">En cualquier momento Ud. podrá ejercitar los derechos de acceso, rectificación, cancelación, supresión, oposición, limitación o portabilidad. Para ejercitar los derechos deberá presentar un escrito en la dirección arriba señalada. Deberá especificar cuál de estos derechos solicita sea satisfecho y, a su vez, deberá acompañarse de la fotocopia del DNI o documento identificativo equivalente. En caso de que actuara mediante representante, legal o voluntario, deberá aportar también documento que acredite la representación y documento identificativo del mismo. Podrá, asimismo, contactar con el Delegado de Protección de Datos de la UAL, en la siguiente dirección de correo electrónico </w:t>
+        <w:t xml:space="preserve">En cualquier momento Ud. podrá ejercitar los derechos de acceso, rectificación, cancelación, supresión, oposición, limitación o portabilidad. Para ejercitar los derechos deberá presentar un escrito en la dirección arriba señalada. Deberá especificar cuál de estos derechos solicita sea satisfecho y, a su vez, deberá acompañarse de la fotocopia del DNI o documento identificativo equivalente. En caso de que actuara mediante representante, legal o voluntario, deberá aportar también documento que acredite la representación y documento identificativo del mismo. Podrá, asimismo, contactar con el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>Delegado</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Protección de Datos de la UAL, en la siguiente dirección de correo electrónico </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
             <w:color w:val="0563C1"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>dpo@ual.es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2CE9C763" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
@@ -2321,57 +2734,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Titularidad de los derechos derivados de la acción del Seminario Permanente.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="60DB2E7A" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRPr="00576740" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t xml:space="preserve">1. La titularidad de los derechos de propiedad intelectual e industrial corresponden a </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00576740">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>…(indicar reparto de la titularidad de los derechos de propiedad intelectual e industrial que correspondan</w:t>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00576740">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>indicar reparto de la titularidad de los derechos de propiedad intelectual e industrial que correspondan</w:t>
       </w:r>
       <w:r w:rsidRPr="00576740">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00576740">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>En todo caso, se estará a lo dispuesto en las normativas nacionales y europeas en materia de propiedad intelectual y propiedad industrial, obtenciones vegetales o secreto empresarial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5392EBCA" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:i/>
@@ -2575,117 +2998,135 @@
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Fdo.: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
               </w:rPr>
-              <w:t xml:space="preserve">José Joaquín </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> Lorente</w:t>
+              <w:t>José Joaquín Céspedes Lorente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1BFD301B" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Por </w:t>
+              <w:t>Por</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>….(</w:t>
+              <w:t>….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>indicar el nombre de la entidad</w:t>
+              <w:t xml:space="preserve">indicar el nombre de la </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:i/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>entidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>)….</w:t>
+              <w:t>)…</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B2B3D72" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="808080"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="BFBFBF"/>
               </w:rPr>
               <w:t>[firma digital]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="24E11CC0" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
@@ -2727,162 +3168,174 @@
               </w:pBdr>
               <w:ind w:right="141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38FB491D" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Fdo.:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
-              <w:t>….(</w:t>
+              <w:t>….</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:i/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>indicar el representante de la entidad</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>)….</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="32FB3D75" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00614D1B">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1133" w:bottom="1417" w:left="1701" w:header="568" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E3F98B7" w14:textId="77777777" w:rsidR="00887012" w:rsidRDefault="00887012">
+    <w:p w14:paraId="75A7A736" w14:textId="77777777" w:rsidR="00593B3F" w:rsidRDefault="00593B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B6AC250" w14:textId="77777777" w:rsidR="00887012" w:rsidRDefault="00887012">
+    <w:p w14:paraId="546EB58D" w14:textId="77777777" w:rsidR="00593B3F" w:rsidRDefault="00593B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Catamaran">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="747E9C23" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
@@ -2989,61 +3442,61 @@
   <w:p w14:paraId="4BE1BE4C" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FDD7C53" w14:textId="77777777" w:rsidR="00887012" w:rsidRDefault="00887012">
+    <w:p w14:paraId="1E06B25C" w14:textId="77777777" w:rsidR="00593B3F" w:rsidRDefault="00593B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FD917E5" w14:textId="77777777" w:rsidR="00887012" w:rsidRDefault="00887012">
+    <w:p w14:paraId="396E42DA" w14:textId="77777777" w:rsidR="00593B3F" w:rsidRDefault="00593B3F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="429BADE0" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00614D1B">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
@@ -3176,55 +3629,55 @@
                           <w:pPr>
                             <w:spacing w:line="258" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                               <w:color w:val="808080"/>
                             </w:rPr>
                             <w:t>Logotipo de la entidad</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect id="Rectángulo 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:341pt;margin-top:-4pt;width:142.5pt;height:42pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD05yWHOgIAAGUEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06SX7Harpiu0pQhp&#10;BRULHzB1nMSSb9huk34O38KPMXZKL/CAhFAkZyY+nTlzZqbLx15JcuDOC6NLOh7llHDNTCV0U9Kv&#10;XzZv5pT4ALoCaTQv6ZF7+rh6/WrZ2QWfmNbIijuCQbRfdLakbQh2kWWetVyBHxnLNV7WxikI6Lom&#10;qxx0GF3JbJLnd1lnXGWdYdx7/LoeLukqxa9rzsKnuvY8EFlS5BbS6dK5i2e2WsKicWBbwU404B9Y&#10;KBAak55DrSEA2TvxRyglmDPe1GHEjMpMXQvGUw1YzTj/rZqXFixPtaA43p5l8v8vLPt42DoiKuwd&#10;JRoUtugzivbju2720pBxFKizfoG4F7t1J8+jGavta6fiG+sgfUlns1kxn2PHjyWdFuN5fjcdBOZ9&#10;IAwB+CmfTApKGCKKyXR+X0RAdolknQ/vuVEkGiV1yCXpCodnHwboL0hM7I0U1UZImZw4NPxJOnIA&#10;bLcMiT0Gv0FJTbqSPhSJBuDI1RICMlIWRfC6SelufuFdsztHvd/E58T6BhZ5rcG3Q/Z0NVTvzF5X&#10;yB0WLYfqna5IOFoUWuNG0EjGK0okx/1BI+ECCPl3HFYmNaoX+zN0JFqh3/UYJJo7Ux2xu96yjUBy&#10;z+DDFhzON/a6w5nHhN/24JCE/KBxqB7Gs6hKSM6suM9xY9z1ze76BjRrDa4SijeYTyEtVixUm7f7&#10;YGqRWnahciKLs5yaftq7uCzXfkJd/h1WPwEAAP//AwBQSwMEFAAGAAgAAAAhAFjBq3zfAAAACQEA&#10;AA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQhe+C/yGM4EV2E1dpa+10EdGDIC7uFs/ZJrbFZlKa&#10;tFv/veNJTzPDe7z5XrFdXC9mO4bOE8L1WoGwVHvTUYNQHZ5XGYgQNRnde7II3zbAtjw/K3Ru/Ine&#10;7byPjeAQCrlGaGMccilD3Vqnw9oPllj79KPTkc+xkWbUJw53vdwolUinO+IPrR7sY2vrr/3kEF6f&#10;qtssneaDu/I3Lx+7XVXRm0K8vFge7kFEu8Q/M/ziMzqUzHT0E5kgeoQk23CXiLDKeLLhLkl5OSKk&#10;iQJZFvJ/g/IHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9OclhzoCAABlBAAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWMGrfN8AAAAJAQAADwAA&#10;AAAAAAAAAAAAAACUBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKAFAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f">
+            <v:rect w14:anchorId="3C2873BB" id="Rectángulo 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:341pt;margin-top:-4pt;width:142.5pt;height:42pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUZJ0kGgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU2GL2zAM/T7YfzD+viZpm7teaXqM6zoG&#10;x1a47QeojtMYHNuz3Db995Odru1tg8EYAUeKlacn6Wnx2HeaHaRHZU3Fi1HOmTTC1srsKv7t6/rd&#10;jDMMYGrQ1siKnyTyx+XbN4ujm8uxba2upWcEYnB+dBVvQ3DzLEPRyg5wZJ00dNlY30Eg1++y2sOR&#10;0DudjfP8LjtaXztvhUSkr6vhki8TftNIEb40DcrAdMWJW0inT+c2ntlyAfOdB9cqcaYB/8CiA2Uo&#10;6QVqBQHY3qvfoDolvEXbhJGwXWabRgmZaqBqivyXal5acDLVQs1Bd2kT/j9Y8fnw4jae2nB0OEcy&#10;YxV947v4Jn6sr/h0Oi1nM5rkqeKTspjld5OhcbIPTFAAfcrH45IzQRHleDK7L2NAdkVyHsNHaTsW&#10;jYp7GkzqFxyeMQyhP0NiYrRa1WuldXKiGOST9uwANEYdijP4qyht2LHiD2WiASSlRkMgRp2rK45m&#10;l9K9+gP9bntBvV/H50/AkdcKsB2yJ4Shem/3pk4CaiXUH0zNwsmRxg0pnUcy2HGmJe0FGSkugNJ/&#10;j6O2aUPdu04kWqHf9gQSza2tTxvP0Im1InLPgGEDnnRbUFrSMiX8vgdPJPQnQ2J5KKaxKyE50/I+&#10;p03wtzfb2xsworW0ItS8wXwKaWHiKIx9vw+2UWlkVypnsqTRNPTzPsUluPVT1HXrlz8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBYwat83wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8QwEIXvgv8h&#10;jOBFdhNXaWvtdBHRgyAu7hbP2Sa2xWZSmrRb/73jSU8zw3u8+V6xXVwvZjuGzhPC9VqBsFR701GD&#10;UB2eVxmIEDUZ3XuyCN82wLY8Pyt0bvyJ3u28j43gEAq5RmhjHHIpQ91ap8PaD5ZY+/Sj05HPsZFm&#10;1CcOd73cKJVIpzviD60e7GNr66/95BBen6rbLJ3mg7vyNy8fu11V0ZtCvLxYHu5BRLvEPzP84jM6&#10;lMx09BOZIHqEJNtwl4iwyniy4S5JeTkipIkCWRbyf4PyBwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFRknSQaAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAFjBq3zfAAAACQEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f">
               <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="round"/>
               <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                 <w:txbxContent>
-                  <w:p w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
+                  <w:p w14:paraId="6D120AC4" w14:textId="77777777" w:rsidR="00614D1B" w:rsidRDefault="00982E4C">
                     <w:pPr>
                       <w:spacing w:line="258" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                         <w:color w:val="808080"/>
                       </w:rPr>
                       <w:t>Logotipo de la entidad</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
@@ -3406,50 +3859,222 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D6F385A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E0269BB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3333660F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E0269BB6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36A33F27"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DB1C73AE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3491,51 +4116,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="617E77F9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E0269BB6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3577,51 +4202,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="694F4BA7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="34DE7A7E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3664,103 +4289,122 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="675353323">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="679159968">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="978074874">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="114298706">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1532911269">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1532911269">
+  <w:num w:numId="6" w16cid:durableId="82343911">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="443505974">
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00614D1B"/>
+    <w:rsid w:val="000747A3"/>
+    <w:rsid w:val="000D0B68"/>
+    <w:rsid w:val="00134F4A"/>
     <w:rsid w:val="002C6F29"/>
     <w:rsid w:val="00514466"/>
+    <w:rsid w:val="005478BE"/>
     <w:rsid w:val="00576740"/>
+    <w:rsid w:val="00593B3F"/>
     <w:rsid w:val="00614D1B"/>
+    <w:rsid w:val="007147A8"/>
+    <w:rsid w:val="007D57FA"/>
     <w:rsid w:val="00887012"/>
     <w:rsid w:val="00982E4C"/>
+    <w:rsid w:val="00A44358"/>
+    <w:rsid w:val="00A70595"/>
     <w:rsid w:val="00B11731"/>
     <w:rsid w:val="00BB22AD"/>
     <w:rsid w:val="00D40C79"/>
+    <w:rsid w:val="00D609EC"/>
     <w:rsid w:val="00E95C25"/>
+    <w:rsid w:val="00F02BF0"/>
     <w:rsid w:val="00F33A5B"/>
+    <w:rsid w:val="00F5317F"/>
+    <w:rsid w:val="00F66A9F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2ACD7FF4"/>
@@ -4662,61 +5306,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2422</Words>
-  <Characters>13323</Characters>
+  <Words>2501</Words>
+  <Characters>13757</Characters>
   <DocSecurity>0</DocSecurity>
-  <Lines>111</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>114</Lines>
+  <Paragraphs>32</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15714</CharactersWithSpaces>
+  <CharactersWithSpaces>16226</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>