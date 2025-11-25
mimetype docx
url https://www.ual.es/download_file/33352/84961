--- v0 (2025-10-09)
+++ v1 (2025-11-25)
@@ -236,67 +236,51 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>De una parte,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> D. José Joaquín </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> Lorente, Rector Magnífico de la Universidad de Almería, en nombre y representación legal de la misma, con domicilio en Ctra. Sacramento s/n – La Cañada de San Urbano, 04120 Almería, nombrado en virtud del Decreto 270/2023, de 14 de noviembre (BOJA núm. 223, de 21 de noviembre de 2023), con las atribuciones que le confieren los Estatutos de la Universidad de Almería, aprobados por el Decreto 225/2018, de 18 de diciembre (BOJA núm. 247, de 24 diciembre de 2018).</w:t>
+        <w:t xml:space="preserve"> D. José Joaquín Céspedes Lorente, Rector Magnífico de la Universidad de Almería, en nombre y representación legal de la misma, con domicilio en Ctra. Sacramento s/n – La Cañada de San Urbano, 04120 Almería, nombrado en virtud del Decreto 270/2023, de 14 de noviembre (BOJA núm. 223, de 21 de noviembre de 2023), con las atribuciones que le confieren los Estatutos de la Universidad de Almería, aprobados por el Decreto 225/2018, de 18 de diciembre (BOJA núm. 247, de 24 diciembre de 2018).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B064DB0" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="00D01E25">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7BDF3A44" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
@@ -1660,86 +1644,86 @@
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:right="142" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Promover la participación en las actividades de la Cátedra objeto del presente convenio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45581E17" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
+    <w:p w14:paraId="45581E17" w14:textId="6AA6189E" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:right="142" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Abonar la cantidad económica </w:t>
+        <w:t>Abonar la cantidad económica de</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>de</w:t>
+      <w:r w:rsidR="001A66DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">(indicar la cantidad a abonar, especificando la cuantía correspondiente a los programas finalistas que desarrolla la entidad en la actualidad, en su </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -1766,121 +1750,142 @@
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SEXTA. Gestión económica y de los recursos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EEAEAD6" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
-[...69 lines deleted...]
-        <w:ind w:right="142"/>
+    <w:p w14:paraId="3EEAEAD6" w14:textId="13C7A0DC" w:rsidR="00D01E25" w:rsidRPr="00A41629" w:rsidRDefault="004868DE" w:rsidP="00A41629">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A41629">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corresponde al director y, en su caso, a los codirectores la gestión económica y de los recursos de la Cátedra, provenientes de sus colaboradores y/o de cualesquiera otros fondos que la Cátedra obtenga de programas o de otras fuentes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553FDB73" w14:textId="78D2FC78" w:rsidR="00D01E25" w:rsidRPr="00A41629" w:rsidRDefault="004868DE" w:rsidP="00A41629">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A41629">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>La Universidad de Almería aplicará a los ingresos recibidos por la Cátedra un canon del 10% en concepto de compensación por la gestión y utilización de infraestructuras de la Universidad. La cuantía del canon se ingresará en un Centro de Gastos del Vicerrectorado con competencias en materia de Cátedras Universitarias y Seminarios Permanentes, y tendrá la consideración de costes indirectos a los efectos de lo dispuesto en el artículo 31.9 de la Ley 38/2003, de 17 de noviembre, General de Subvenciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4958AE53" w14:textId="16279E23" w:rsidR="00073EC5" w:rsidRPr="00A41629" w:rsidRDefault="00073EC5" w:rsidP="00A41629">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A41629">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>Este canon podrá cambiar bien porque las normas de ejecución del presupuesto de la Universidad de Almería así lo indiquen o bien porque se modifique el Reglamento de Cátedras y Seminarios Permanentes.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A41629" w:rsidRPr="00A41629">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A41629">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+        <w:t>Si se diera dicha modificación, entrará en vigor en el ejercicio siguiente a su fecha de aprobación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="138E9920" w14:textId="77777777" w:rsidR="00073EC5" w:rsidRDefault="00073EC5" w:rsidP="00073EC5">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="EE0000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DD29E1A" w14:textId="6A24744D" w:rsidR="00D01E25" w:rsidRDefault="004868DE" w:rsidP="00073EC5">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SÉPTIMA. Nombramiento del Consejo Asesor.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6407FE52" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
@@ -2057,150 +2062,156 @@
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Por denuncia de alguna de las partes con antelación mínima de 1 mes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A78A2E" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
+    <w:p w14:paraId="57A78A2E" w14:textId="415B6901" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">La desaparición del objeto </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>del mismo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008551A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="516CF574" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>En caso de modificación o extinción del Convenio, las partes se comprometen a finalizar las actividades iniciadas en virtud de los compromisos adquiridos, estableciendo un plazo improrrogable para su finalización.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C114ED0" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>DÉCIMA. Información pública y obligaciones de transparencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F095C14" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
-[...2 lines deleted...]
-        <w:ind w:right="142"/>
+    <w:p w14:paraId="1F095C14" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE" w:rsidP="008551A7">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>De conformidad con lo establecido en el artículo</w:t>
       </w:r>
-      <w:r>
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="008551A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>8.1.b) de la Ley 19/2013, de 9 de diciembre, de transparencia, acceso a la información pública y buen gobierno, la Universidad de Almería, en relación con este convenio, hará pública la información relativa a las partes firmantes, su objeto, su vigencia, las obligaciones que asumen las partes, incluyendo las económicas, y cualquier modificación que se realice. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="451E2EED" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
@@ -2253,58 +2264,58 @@
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Los Estatutos de la Universidad de Almería, aprobados por Decreto 225/2018, de 18 de diciembre (BOJA </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>nº</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 247, de 24 diciembre de 2018) que establecen como compromiso de buen gobierno, artículo 6 b), «la mayor proyección social de las actividades mediante el establecimiento de cauces de </w:t>
+        <w:t xml:space="preserve"> 247, de 24 diciembre de 2018) que establecen como compromiso de buen gobierno, artículo 6 b), «la mayor proyección social de las actividades mediante el establecimiento de cauces de colaboración y asistencia a la sociedad, con el fin de apoyar el progreso social, económico y cultural». </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>colaboración y asistencia a la sociedad, con el fin de apoyar el progreso social, económico y cultural». Asimismo, dentro de los principios generales de la investigación y la transferencia del conocimiento, artículo 84.7, reconoce que «la transferencia de tecnología y conocimiento es uno de los fines de la UAL como agente de desarrollo económico, social y cultural del entorno en que se ubica; de este modo contribuirá a la mejora de la capacidad de innovación del territorio y de la sociedad». Además, el artículo 84.8 atribuye a la UAL el fomento de la transferencia de resultados de investigación y la prestación de apoyo al Personal Docente e Investigador, al Personal Investigador, así como a los Grupos, Centros e Institutos de Investigación en la celebración de contratos, convenios o proyectos de colaboración para la realización de trabajos de carácter científico, técnico, artístico o social. Por otra parte, el artículo 132, letra o), establece que es competencia del Rector suscribir y denunciar los acuerdos y convenios de los que sea parte la Universidad.</w:t>
+        <w:t>Asimismo, dentro de los principios generales de la investigación y la transferencia del conocimiento, artículo 84.7, reconoce que «la transferencia de tecnología y conocimiento es uno de los fines de la UAL como agente de desarrollo económico, social y cultural del entorno en que se ubica; de este modo contribuirá a la mejora de la capacidad de innovación del territorio y de la sociedad». Además, el artículo 84.8 atribuye a la UAL el fomento de la transferencia de resultados de investigación y la prestación de apoyo al Personal Docente e Investigador, al Personal Investigador, así como a los Grupos, Centros e Institutos de Investigación en la celebración de contratos, convenios o proyectos de colaboración para la realización de trabajos de carácter científico, técnico, artístico o social. Por otra parte, el artículo 132, letra o), establece que es competencia del Rector suscribir y denunciar los acuerdos y convenios de los que sea parte la Universidad.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ABF9185" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>4. El Reglamento de Cátedras y Seminarios Permanentes de la Universidad de Almería, aprobado por Consejo de Gobierno de fecha 28 de noviembre de 2019 y demás normativa que sea de aplicación.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="323E66B2" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
@@ -2324,76 +2335,76 @@
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_ycudtb46h238" w:colFirst="0" w:colLast="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>DUODÉCIMA. Otra normativa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="731F3C61" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="731F3C61" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRPr="008551A7" w:rsidRDefault="004868DE" w:rsidP="008551A7">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008551A7">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>Para lo no previsto en el presente Convenio, se estará a lo dispuesto en la normativa aplicable señalada en la cláusula novena. Las discrepancias surgidas sobre la interpretación, desarrollo, modificación, resolución y efectos que pudieran derivarse de la aplicación del presente Convenio, deberán solventarse por la Comisión de Cátedras y Seminarios Permanentes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105C4E40" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="105C4E40" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRPr="008551A7" w:rsidRDefault="004868DE" w:rsidP="008551A7">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008551A7">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>Si no se llegara a un acuerdo, las cuestiones litigiosas serán de conocimiento y la competencia del orden jurisdiccional Contencioso Administrativo y serán los Juzgados y Tribunales de la Ciudad de Almería los únicos competentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4032AE37" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -2405,74 +2416,67 @@
         <w:t>DECIMOTERCERA. Protección de datos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="735239F6" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">De conformidad con la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales, así como con el Reglamento (UE) 2016/679 del Parlamento Europeo y del Consejo, de 27 de abril de 2016, relativo a la protección de las personas físicas en lo que respecta al tratamiento de datos personales y a la libre circulación de estos datos y por el que se deroga la Directiva 95/46/CE (Reglamento general de protección de datos), le informamos que la </w:t>
-[...4 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>De conformidad con la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales, así como con el Reglamento (UE) 2016/679 del Parlamento Europeo y del Consejo, de 27 de abril de 2016, relativo a la protección de las personas físicas en lo que respecta al tratamiento de datos personales y a la libre circulación de estos datos y por el que se deroga la Directiva 95/46/CE (Reglamento general de protección de datos), le informamos que la Universidad de Almería es la responsable del tratamiento de los datos de carácter personal recogidos al amparo del presente Convenio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3486853C" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="141"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Universidad de Almería es la responsable del tratamiento de los datos de carácter personal recogidos al amparo del presente Convenio.</w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">La finalidad de la recogida y tratamiento de la información es la gestión del presente Convenio, así como el mantenimiento del contacto de ambas partes. La licitud del tratamiento de dichos datos se hará de acuerdo con el artículo 6.1.b) y e), del citado Reglamento General de Protección de Datos, así como al consentimiento prestado con la firma de este Convenio. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B213CF" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
         <w:t>Asimismo, le informamos que la UAL no cederá o comunicará sus datos personales, salvo en los supuestos legalmente previstos o cuando fuere necesario para la prestación del servicio, y que los datos serán conservados aun después de que hubiera cesado la referida relación con la UAL, durante el tiempo que puedan ser requeridos por control o fiscalización de la entidad pública competente (Organismo de la Seguridad Social, Agencia Tributaria, Juzgados o Tribunales).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75AEAAD6" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -2661,51 +2665,50 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="0632DE87" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="00D01E25">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="688F920B" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Y en prueba de conformidad y para la debida constancia de todo lo convenido, ambas partes firman el presente Convenio, en el lugar y fecha indicados al principio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66E2A841" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="00D01E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="205DB3E9" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="00D01E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="45CBB382" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="00D01E25">
       <w:pPr>
@@ -2820,67 +2823,51 @@
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F8A75EE" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fdo.: José Joaquín </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Lorente</w:t>
+              <w:t>Fdo.: José Joaquín Céspedes Lorente</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4683" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DDAFB43" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:ind w:right="141"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="FF0000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -3074,93 +3061,94 @@
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D01E25">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2127" w:right="1133" w:bottom="1417" w:left="1701" w:header="568" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="692D863D" w14:textId="77777777" w:rsidR="00842F3A" w:rsidRDefault="00842F3A">
+    <w:p w14:paraId="312FE41B" w14:textId="77777777" w:rsidR="00044F58" w:rsidRDefault="00044F58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63754A9F" w14:textId="77777777" w:rsidR="00842F3A" w:rsidRDefault="00842F3A">
+    <w:p w14:paraId="04EAACDF" w14:textId="77777777" w:rsidR="00044F58" w:rsidRDefault="00044F58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="default"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Catamaran">
     <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31D0088E" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
@@ -3219,61 +3207,61 @@
   <w:p w14:paraId="14E50D19" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="00D01E25">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E814ECA" w14:textId="77777777" w:rsidR="00842F3A" w:rsidRDefault="00842F3A">
+    <w:p w14:paraId="164ECDC8" w14:textId="77777777" w:rsidR="00044F58" w:rsidRDefault="00044F58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F0AFFB5" w14:textId="77777777" w:rsidR="00842F3A" w:rsidRDefault="00842F3A">
+    <w:p w14:paraId="75EA5D25" w14:textId="77777777" w:rsidR="00044F58" w:rsidRDefault="00044F58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10E29777" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
@@ -3314,51 +3302,51 @@
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1704975" cy="571500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
-        <mc:Choice Requires="wpg">
+        <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="58FA8954" wp14:editId="1E734B76">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4254500</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-12699</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1809750" cy="533400"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Rectángulo 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="4445888" y="3518063"/>
                         <a:ext cx="1800225" cy="523875"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
@@ -3380,91 +3368,73 @@
                       <w:txbxContent>
                         <w:p w14:paraId="4822AF94" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
                           <w:pPr>
                             <w:spacing w:line="258" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                               <w:color w:val="808080"/>
                             </w:rPr>
                             <w:t>Logotipo de la entidad</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
-        <mc:Fallback xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
-[...39 lines deleted...]
-          </w:drawing>
+        <mc:Fallback>
+          <w:pict>
+            <v:rect w14:anchorId="58FA8954" id="Rectángulo 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:335pt;margin-top:-1pt;width:142.5pt;height:42pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUZJ0kGgIAAD0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU2GL2zAM/T7YfzD+viZpm7teaXqM6zoG&#10;x1a47QeojtMYHNuz3Db995Odru1tg8EYAUeKlacn6Wnx2HeaHaRHZU3Fi1HOmTTC1srsKv7t6/rd&#10;jDMMYGrQ1siKnyTyx+XbN4ujm8uxba2upWcEYnB+dBVvQ3DzLEPRyg5wZJ00dNlY30Eg1++y2sOR&#10;0DudjfP8LjtaXztvhUSkr6vhki8TftNIEb40DcrAdMWJW0inT+c2ntlyAfOdB9cqcaYB/8CiA2Uo&#10;6QVqBQHY3qvfoDolvEXbhJGwXWabRgmZaqBqivyXal5acDLVQs1Bd2kT/j9Y8fnw4jae2nB0OEcy&#10;YxV947v4Jn6sr/h0Oi1nM5rkqeKTspjld5OhcbIPTFAAfcrH45IzQRHleDK7L2NAdkVyHsNHaTsW&#10;jYp7GkzqFxyeMQyhP0NiYrRa1WuldXKiGOST9uwANEYdijP4qyht2LHiD2WiASSlRkMgRp2rK45m&#10;l9K9+gP9bntBvV/H50/AkdcKsB2yJ4Shem/3pk4CaiXUH0zNwsmRxg0pnUcy2HGmJe0FGSkugNJ/&#10;j6O2aUPdu04kWqHf9gQSza2tTxvP0Im1InLPgGEDnnRbUFrSMiX8vgdPJPQnQ2J5KKaxKyE50/I+&#10;p03wtzfb2xsworW0ItS8wXwKaWHiKIx9vw+2UWlkVypnsqTRNPTzPsUluPVT1HXrlz8AAAD//wMA&#10;UEsDBBQABgAIAAAAIQAD8/mu3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyD&#10;tUhcUGtTaBvSOBVCcEBCVLQRZzfeJhHxOoqdNLw9ywlO+zea/SbbTq4VI/ah8aThdq5AIJXeNlRp&#10;KA4vswREiIasaT2hhm8MsM0vLzKTWn+mDxz3sRJsQiE1GuoYu1TKUNboTJj7DolvJ987E3nsK2l7&#10;c2Zz18qFUivpTEP8oTYdPtVYfu0Hp+HtubhP1sN4cDf+7vVztysKeldaX19NjxsQEaf4J4ZffEaH&#10;nJmOfiAbRKthtVacJWqYLbiy4GG55OaoIeGFzDP5P0H+AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAFRknSQaAgAAPQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAPz+a7fAAAACQEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f">
+              <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="round"/>
+              <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
+                <w:txbxContent>
+                  <w:p w14:paraId="4822AF94" w14:textId="77777777" w:rsidR="00D01E25" w:rsidRDefault="004868DE">
+                    <w:pPr>
+                      <w:spacing w:line="258" w:lineRule="auto"/>
+                      <w:textDirection w:val="btLr"/>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Catamaran" w:eastAsia="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                        <w:color w:val="808080"/>
+                      </w:rPr>
+                      <w:t>Logotipo de la entidad</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+            </v:rect>
+          </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04F148A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BACA63A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -3603,50 +3573,136 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38D5087C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="40406856"/>
+    <w:lvl w:ilvl="0" w:tplc="0C0A000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47537448"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7DEE9898"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
@@ -3691,51 +3747,137 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4CC45007"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="BACA63A0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D061440"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="045A4B24"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3784,90 +3926,106 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="569265387">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1377970507">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="308098782">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="75590910">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="515967547">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="75590910">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="6" w16cid:durableId="1418818840">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D01E25"/>
+    <w:rsid w:val="00044F58"/>
+    <w:rsid w:val="00073EC5"/>
+    <w:rsid w:val="001A66DD"/>
     <w:rsid w:val="001B25EC"/>
     <w:rsid w:val="002B5230"/>
+    <w:rsid w:val="0047639C"/>
     <w:rsid w:val="004868DE"/>
+    <w:rsid w:val="00514FD0"/>
+    <w:rsid w:val="007323B8"/>
     <w:rsid w:val="00842F3A"/>
+    <w:rsid w:val="008551A7"/>
     <w:rsid w:val="009B2D81"/>
+    <w:rsid w:val="00A41629"/>
+    <w:rsid w:val="00A70595"/>
     <w:rsid w:val="00D01E25"/>
     <w:rsid w:val="00D423EA"/>
+    <w:rsid w:val="00D864FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="75E72798"/>
@@ -4348,50 +4506,51 @@
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -4428,63 +4587,74 @@
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:i/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Prrafodelista">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A41629"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctpdandalucia.es/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@ual.es" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4768,61 +4938,61 @@
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2392</Words>
-  <Characters>13159</Characters>
+  <Words>2468</Words>
+  <Characters>13204</Characters>
   <DocSecurity>0</DocSecurity>
-  <Lines>109</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>223</Lines>
+  <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15520</CharactersWithSpaces>
+  <CharactersWithSpaces>15574</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>