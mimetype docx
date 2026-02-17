--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -12,141 +12,165 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="61E17F2A" w14:textId="6145303C" w:rsidR="001261D3" w:rsidRPr="000629FE" w:rsidRDefault="001261D3" w:rsidP="001C04F7">
+    <w:p w14:paraId="3A29078A" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="000629FE" w:rsidRDefault="001261D3" w:rsidP="001C04F7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CONVENIO DE COLABORACIÓN </w:t>
       </w:r>
       <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ENTRE</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> LA UNIVERSIDAD DE ALMERÍA Y </w:t>
       </w:r>
       <w:r w:rsidR="00AB681B" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">……(indicar la </w:t>
-[...21 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00AB681B" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>…….</w:t>
+        <w:t>…(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00AB681B" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
+        <w:t xml:space="preserve">indicar la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>entidad</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB681B" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB681B" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AB681B" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> PARA LA REALIZACIÓN DE </w:t>
       </w:r>
       <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">PRÁCTICAS ACADÉMICAS </w:t>
       </w:r>
       <w:r w:rsidR="001B1B72" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
@@ -245,501 +269,577 @@
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">REALIZAR </w:t>
       </w:r>
       <w:r w:rsidR="0045741C" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">TRABAJOS FIN DE ESTUDIOS Y </w:t>
       </w:r>
       <w:r w:rsidR="003720A6" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TESIS DOCTORALES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E062EF3" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
+    <w:p w14:paraId="53130C14" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E441F21" w14:textId="31495660" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
+    <w:p w14:paraId="1CC33808" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">En Almería, </w:t>
       </w:r>
       <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>firmado digitalmente</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266B22C3" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
+    <w:p w14:paraId="08493971" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77214A49" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
+    <w:p w14:paraId="7C2D4FCE" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REUNIDOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532BBC3E" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
+    <w:p w14:paraId="715B9508" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="001261D3">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E80D5CD" w14:textId="35D6E4EA" w:rsidR="001C04F7" w:rsidRPr="00453999" w:rsidRDefault="001C04F7" w:rsidP="00486439">
+    <w:p w14:paraId="61715634" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00453999" w:rsidRDefault="001C04F7" w:rsidP="00486439">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>De una parte,</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00453999" w:rsidRPr="00453999">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D. Fernando Carvajal Ramírez, Vicerrector de Postgrado y Relaciones Institucionales de la Universidad de Almería, con domicilio en Ctra. Sacramento s/n – La Cañada de San Urbano, 04120 Almería, actuando por delegación del representante legal de la Universidad, el Rector, en virtud de la Resolución de 30 de noviembre de 2023 de la Universidad de Almería por la que se determina la estructura de las áreas de funcionamiento del Rectorado y delegación de competencias (BOJA núm. 234, de 7 de diciembre de 2023).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B00DA9D" w14:textId="67C411D9" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="00486439" w:rsidP="00486439">
+    <w:p w14:paraId="5405044C" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="00486439" w:rsidP="00486439">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Y d</w:t>
       </w:r>
       <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e otra,</w:t>
       </w:r>
       <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> D./Dña. </w:t>
       </w:r>
       <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>……(</w:t>
-[...38 lines deleted...]
-        <w:t>)</w:t>
+        <w:t>…</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>…….</w:t>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>persona de la e</w:t>
+      </w:r>
+      <w:r w:rsidR="00951266" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ntidad</w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que firma el </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>convenio</w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">como representante legal de </w:t>
-[...137 lines deleted...]
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">como representante legal </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>…….</w:t>
+        <w:t>……(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>entidad</w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…….</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">, con CIF </w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar el CIF de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ntidad</w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+      <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y domicilio en </w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>…(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indicar la dirección de la </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>entidad</w:t>
+      </w:r>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="001261D3" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">, actuando en su nombre y representación </w:t>
       </w:r>
       <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>de la misma para lo cual manifiesta estar debidamente facultado.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="73B4E750" w14:textId="6ACFB39E" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00486439">
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>la misma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002165EA" w:rsidRPr="00486439">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para lo cual manifiesta estar debidamente facultado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F82B7AA" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00486439">
       <w:pPr>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Intervienen como tales y en la representación que ostentan se reconocen entre sí la capacidad legal necesaria para suscribir el presente convenio y</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="588300F4" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="003D686C">
+    <w:p w14:paraId="34CCEFB7" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="003D686C">
       <w:pPr>
         <w:spacing w:before="600" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>EXPONEN</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A351AAD" w14:textId="6A5F6A6B" w:rsidR="001C04F7" w:rsidRPr="000629FE" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+    <w:p w14:paraId="35151C18" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="000629FE" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -765,51 +865,51 @@
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> preparen para el ejercicio de actividades profesionales y faciliten la búsqueda de empleo.</w:t>
       </w:r>
       <w:r w:rsidR="009D710D" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Así como, la colaboración en la última etapa formativa del estudiantado universitario apoyando la realización de trabajos fin de grado, trabajos fin de máster y tesis doctorales, a través del trabajo de campo desarrollado en l</w:t>
       </w:r>
       <w:r w:rsidR="003110FA" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>as instalaciones de la entidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73E336F2" w14:textId="6009C218" w:rsidR="00F2684F" w:rsidRPr="00F2684F" w:rsidRDefault="001C04F7" w:rsidP="00F2684F">
+    <w:p w14:paraId="05E38BAE" w14:textId="77777777" w:rsidR="00F2684F" w:rsidRPr="00F2684F" w:rsidRDefault="001C04F7" w:rsidP="00F2684F">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -848,149 +948,149 @@
         <w:t>la entidades gestoras</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>prácticas a ella vinculada, suscribirán Convenios de Cooperación Educativa con las entidades colaboradoras. Estos convenios establecerán el marco regulador de las relaciones entre estudiante, entidad colaboradora, Universidad y en su caso la entidad gestora de prácticas vinculada a ésta última y fomentarán que éstas sean accesibles para la realización de prácticas de estudiantes con discapacidad procurando la disposición de los recursos humanos, materiales y tecnológicos necesarios que aseguren la igualdad de oportunidades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43959538" w14:textId="59AC9EAB" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00486439">
+    <w:p w14:paraId="05724637" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Por ello, deciden concertar el </w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presente convenio </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de Colaboración de acuerdo con las siguientes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42497371" w14:textId="32AFA97E" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="003D686C" w:rsidP="003D686C">
+    <w:p w14:paraId="0BFC61B5" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="003D686C" w:rsidP="003D686C">
       <w:pPr>
         <w:spacing w:before="600" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>CLÁUSULAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FD0EA3" w14:textId="550CBE68" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="00AB681B">
+    <w:p w14:paraId="6C3D194B" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="00AB681B">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRIMERA</w:t>
       </w:r>
       <w:r w:rsidR="00F82322" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Objeto del convenio</w:t>
       </w:r>
       <w:r w:rsidR="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C37059C" w14:textId="69A8CE07" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+    <w:p w14:paraId="7F004974" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
@@ -1067,90 +1167,90 @@
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>indicar la dirección de la entidad donde se realizarán las prácticas</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)…….</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, al objeto de que, a través de sus respectivos recursos, contribuyan a completar la formación y desarrollar la cualificación profesional de los estudiantes universitarios, mediante la realización de:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="476D7F72" w14:textId="292768E6" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+    <w:p w14:paraId="490EE70B" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Prácticas externas curriculares, contemp</w:t>
       </w:r>
       <w:r w:rsidR="0044097A" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ladas en los planes de estudios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EBF0D28" w14:textId="485442A8" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
+    <w:p w14:paraId="5BC26D3B" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="001C04F7">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -1165,100 +1265,100 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>s en el Suplemento Europeo al Tí</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>tulo</w:t>
       </w:r>
       <w:r w:rsidR="0044097A" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F50DE50" w14:textId="09645F95" w:rsidR="003720A6" w:rsidRDefault="001C04F7" w:rsidP="003720A6">
+    <w:p w14:paraId="4CE56146" w14:textId="77777777" w:rsidR="003720A6" w:rsidRDefault="001C04F7" w:rsidP="003720A6">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003720A6">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Trabajo de campo o similar</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>, en el marco de Trabajo Fin de Grado/Trabajo Fin de Máster, que se realicen durante las prácticas externas según se contempla en los planes de estudios y demás norm</w:t>
       </w:r>
       <w:r w:rsidR="003720A6">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>ativa que resulte de aplicación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0492E09C" w14:textId="40C447A3" w:rsidR="003720A6" w:rsidRPr="00437A15" w:rsidRDefault="003720A6" w:rsidP="003720A6">
+    <w:p w14:paraId="16D1A967" w14:textId="77777777" w:rsidR="003720A6" w:rsidRPr="00437A15" w:rsidRDefault="003720A6" w:rsidP="003720A6">
       <w:pPr>
         <w:pStyle w:val="Fuentedeprrafopredet"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -1303,99 +1403,99 @@
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Trabajo Fin de Máster o </w:t>
       </w:r>
       <w:r w:rsidR="009D710D" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">una </w:t>
       </w:r>
       <w:r w:rsidR="006D5D06" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>Tesis Doctoral, al margen de las prácticas externas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E706988" w14:textId="64F174A5" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="00AB681B">
+    <w:p w14:paraId="045C8846" w14:textId="77777777" w:rsidR="001261D3" w:rsidRPr="00486439" w:rsidRDefault="001261D3" w:rsidP="00AB681B">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEGUNDA</w:t>
       </w:r>
       <w:r w:rsidR="00F82322" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="001C04F7" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Destinatarios</w:t>
       </w:r>
       <w:r w:rsidR="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E6B11CE" w14:textId="40A4ED82" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00F33E41">
+    <w:p w14:paraId="6CE48D37" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00F33E41">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -1440,51 +1540,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00F33E41" w:rsidRPr="00F33E41">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ajustándose en este caso a los términos que pudieran establecerse en la normativa reguladora correspondiente</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C96DC89" w14:textId="296EF0A3" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00552122">
+    <w:p w14:paraId="170A6221" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRPr="00486439" w:rsidRDefault="001C04F7" w:rsidP="00552122">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -1511,51 +1611,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Los estudiantes de otras universidades españolas o extranjeras que, en virtud de programas de movilidad académica o de convenios establecidos entre las mismas, se encuentren cursando estudios oficiales en la Universidad de Almería, a no ser que las normas que </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>regulen el programa dispongan otra cosa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32973F4C" w14:textId="65FAE90A" w:rsidR="001C04F7" w:rsidRDefault="001C04F7" w:rsidP="00552122">
+    <w:p w14:paraId="04635C3E" w14:textId="77777777" w:rsidR="001C04F7" w:rsidRDefault="001C04F7" w:rsidP="00552122">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -1571,51 +1671,51 @@
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estudiantes matriculados en títulos propios o similares en la Universidad de Almería.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C82840" w14:textId="39BCF066" w:rsidR="003720A6" w:rsidRPr="00437A15" w:rsidRDefault="003720A6" w:rsidP="00552122">
+    <w:p w14:paraId="72D6583D" w14:textId="77777777" w:rsidR="003720A6" w:rsidRPr="00437A15" w:rsidRDefault="003720A6" w:rsidP="00552122">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
@@ -1629,90 +1729,90 @@
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estudiantes de doctorado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D540C79" w14:textId="1E14D681" w:rsidR="00AB681B" w:rsidRPr="00486439" w:rsidRDefault="00AB681B" w:rsidP="00AB681B">
+    <w:p w14:paraId="24041253" w14:textId="77777777" w:rsidR="00AB681B" w:rsidRPr="00486439" w:rsidRDefault="00AB681B" w:rsidP="00AB681B">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TERCERA. D</w:t>
       </w:r>
       <w:r w:rsidR="00552122" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>esarrollo de las prácticas académicas externas</w:t>
       </w:r>
       <w:r w:rsidR="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A1F76E4" w14:textId="63F5CA92" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="4B3FBEDC" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -1723,142 +1823,142 @@
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. La oferta realizada por la entidad deberá contener un proyecto formativo en el que se fijarán los objetivos educativos y las actividades a desarrollar. Asimismo</w:t>
       </w:r>
       <w:r w:rsidR="00FC3554">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> los contenidos de la práctica se definirán de forma que aseguren la relación directa de las competencias a adquirir con los estudios cursados.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="689CDF01" w14:textId="4A8758CE" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="6789ED6A" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Duración y horarios</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Según la modalidad de prácticas, el número, el perfil y duración se recogerá en la oferta que será introducida en el programa ICARO, o bien, en la plataforma del servicio gestor o por el procedimiento que establezca el Centro responsable en el caso de prácticas curriculares.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F2C2FFD" w14:textId="5A0E973B" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="3165E023" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Las prácticas externas curriculares tendrán la duración que establezca el plan de estudios correspondiente en los términos establecidos por la legislación y normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="737C810B" w14:textId="47E7C132" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="2C547662" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Las prácticas externas extracurriculares tendrán una duración máxima de 6 meses o 600 horas en cómputo global. Sólo en casos excepcionales y siempre en aras de un mejor aprovechamiento por parte del alumno, se podrá hacer una prórroga de tres meses como máximo, previa petición razonada de la empresa, en la que se exprese el compromiso de contratación a la finalización de dicha práctica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700F4F9E" w14:textId="419A8C6E" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="3F4E5502" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Los horarios de realización de las prácticas se establecerán de acuerdo con las características de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
@@ -1874,122 +1974,122 @@
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y las disponibilidades de la entidad colaboradora, y quedarán reflejados en los documentos correspondientes. Los horarios, en todo caso, serán compatibles con la actividad académica, formativa y de representación y participación desarrollada por el estudiante en la </w:t>
       </w:r>
       <w:r w:rsidR="00CE795F" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>niversidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227171CC" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="3B200B8A" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La persona beneficiaria estará sujeta al horario y régimen que determinen las partes (Entidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>Universidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:noBreakHyphen/>
         <w:t>Alumno/a), bajo la supervisión del/la tutor/a de la Entidad y la Universidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="063F351D" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="5767707E" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>La ejecución de las prácticas no supondrá detrimento ni en la dedicación académica de las personas beneficiarias ni en la actividad empresarial, en todo caso tendrá derecho a la asistencia a exámenes y pruebas finales sin que estos días sean recuperables. Tampoco lo serán las faltas de asistencia derivadas de enfermedad común o accidente que estén debidamente justificadas a través de Baja por Incapacidad Temporal.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4467B368" w14:textId="4566AB81" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="365376ED" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -2000,137 +2100,137 @@
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Las personas beneficiarias no tendrán, en ningún caso, vinculación o relación laboral, contractual o estatutaria. La suscripción del </w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presente convenio </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>no supondrá la adquisición de más compromisos que los estipulados en el mismo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AF8A456" w14:textId="75061A79" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="3B06442E" w14:textId="77777777" w:rsidR="00552122" w:rsidRPr="00486439" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Régimen de permisos y de rescisión anticipada</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. Será reflejado en la normativa de prácticas vigente en cada momento, y necesariamente tendrá que incluir la regulación que permita a los estudiantes cumplir con su actividad académica, formativa y de representación y participación, y a conciliar, en el caso de los estudiantes con discapacidad, la realización de las prácticas con aquellas actividades y situaciones personales derivadas o conectadas con la situación de discapacidad, previa comunicación con antelación suficiente a la entidad colaboradora</w:t>
       </w:r>
       <w:r w:rsidR="00E46252" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDE7736" w14:textId="75135310" w:rsidR="00552122" w:rsidRDefault="00552122" w:rsidP="00486439">
+    <w:p w14:paraId="7A7269A1" w14:textId="77777777" w:rsidR="00552122" w:rsidRDefault="00552122" w:rsidP="00486439">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="426"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Supervisión de las prácticas</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>. El desarrollo de las prácticas será supervisado por la Universidad de Almería. En todo caso la Universidad nombrará un tutor y la empresa o entidad otro, según establece la normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35022FDD" w14:textId="4CBDEDEB" w:rsidR="00AB681B" w:rsidRPr="000629FE" w:rsidRDefault="00AB681B" w:rsidP="00437A15">
+    <w:p w14:paraId="124B4C4A" w14:textId="77777777" w:rsidR="00AB681B" w:rsidRPr="000629FE" w:rsidRDefault="00AB681B" w:rsidP="00437A15">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CUARTA. </w:t>
       </w:r>
       <w:r w:rsidR="00552122" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -2153,482 +2253,482 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>para los estudiantes en prácticas</w:t>
       </w:r>
       <w:r w:rsidR="000475FC" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> curriculares o extracurriculares</w:t>
       </w:r>
       <w:r w:rsidR="00486439" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09661D99" w14:textId="4240B1A1" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="6DBA5DAA" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La empresa o entidad estará obligada a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28513510" w14:textId="0A9C3CF0" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="21A83819" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Designar un/a Tutor/a de Prácticas que deberá ser una persona vinculada a la Entidad, con experiencia profesional y con los conocimientos adecuados asistiéndoles en lo que fuere preciso y evaluando su aprovechamiento. El tutor tendrá los derechos y deberes que establece la legislación y normativa vigente sobre las Prácticas Académicas Externas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A012DA" w14:textId="6AE493CD" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="4D7CDBF1" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No cubrir con la persona beneficiaria ningún puesto de trabajo ni tener ningún tipo de vinculación o relación laboral, contractual o estatutaria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245BFD4C" w14:textId="47B262F3" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="4A0E839E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cumplir las normas vigentes en todo lo relativo a la prevención de riesgos laborales e informar a las personas beneficiarias de las mismas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D51FCA" w14:textId="12268DED" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="29DC20C9" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Comunicar a la Universidad previo a la incorporación de las personas beneficiarias, la ubicación en los distintos departamentos de la Entidad y el horario de permanencia en la misma, con el fin de que la Universidad ponga en conocimiento de la Inspección de Trabajo el inicio y duración de la práctica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A94AABE" w14:textId="69019E63" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="7CE2976E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Asumir los compromisos económicos, en su caso, derivados de la realización de la práctica, de conformidad con lo establecido en la Normativa de Prácticas Externas vigente, según lo recogido en las condiciones particulares de cada modalidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69FF3BAE" w14:textId="7167EC2E" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="1BD8640E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La Entidad deberá abonar en caso de desplazamiento ocasionado por las tareas derivadas de las prácticas, las dietas que con carácter general le correspondan al resto de sus empleados. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6EB835" w14:textId="3F8DF3F1" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="578321C2" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Comunicar las faltas de asistencia, disciplina y cualesquiera otras que, a criterio del/la Tutor/a de Prácticas, puedan cometer las personas beneficiarias durante el tiempo de realización de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>las mismas</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, lo que podría conllevar la cancelación del disfrute de la ayuda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47B6A5B8" w14:textId="730C305C" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="5CB303EA" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comunicar las renuncias que puedan producirse antes de haberse cumplido el período de vigencia de las prácticas y la fecha exacta de dicha renuncia o incomparecencia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="377352A3" w14:textId="2C3AE984" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="5AAA0C30" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comunicar el número de contratos de trabajo que realice, en su caso, a las personas beneficiarias antes o inmediatamente después de haber cumplido el período de prácticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8F285E" w14:textId="26A9C3D0" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="48A261A8" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Certificar a la persona beneficiaria y a la Universidad las funciones realizadas y el número total de horas de asistencia a las Prácticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2991C901" w14:textId="3D75E52E" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="18894A2B" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Emitir un informe final conforme a un modelo normalizado establecido por la universidad, valorando la actividad del estudiante durante la práctica y que se cumplimentará a través del programa ICARO.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="170000B5" w14:textId="0AC0DFD1" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="65EF08D1" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Dar de alta al estudiante en prácticas en el Régimen General de la Seguridad Social, de conformidad con la legislación vigente, y en los casos que proceda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7038979B" w14:textId="4EC4AC5A" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="1E3238C8" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Exigir a los estudiantes en prácticas un certificado de no haber cometido delitos sexuales, en el caso de que durante la realización de </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>las mismas</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vayan a tener contacto con menores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB4C0C8" w14:textId="7688D668" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="07B917FE" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cualquier otra que recoja la normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6867C93F" w14:textId="2D5D4197" w:rsidR="00F32925" w:rsidRPr="000629FE" w:rsidRDefault="00F32925" w:rsidP="00437A15">
+    <w:p w14:paraId="62DA1BC0" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="000629FE" w:rsidRDefault="00F32925" w:rsidP="00437A15">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>QUINTA.  Obligaciones de la Univ</w:t>
       </w:r>
       <w:r w:rsidRPr="000629FE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
@@ -2651,329 +2751,329 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>para los estudiantes en prácticas</w:t>
       </w:r>
       <w:r w:rsidR="000475FC" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> curriculares o extracurriculares</w:t>
       </w:r>
       <w:r w:rsidR="007669A0" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A05D83" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="64678298" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La Universidad estará obligada a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53304C72" w14:textId="1B43ECE6" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="7209E5FF" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Facilitar a la entidad el Proyecto Formativo correspondiente y seleccionar a los estudiantes que intervendrán en las prácticas curriculares.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF193F1" w14:textId="0EE47721" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="00C94D3E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Designar un tutor académico que actuará de forma coordinada con el tutor de la entidad colaboradora y que tendrá los derechos y deberes recogidos en la normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C57F49" w14:textId="693A90C6" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="45A502B0" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Comunicar a la persona seleccionada la concesión de las prácticas para que proceda a firmar la aceptación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B0DB5F" w14:textId="300AEA9F" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="6664F87F" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cubrir con un seguro de responsabilidad civil a quienes estén realizando las Prácticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56DCD322" w14:textId="32FB367C" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="4A9E0E48" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Garantizar la cobertura a la persona beneficiaria durante la realización de las prácticas mediante un seguro, de conformidad con lo establecido en la Normativa de Prácticas vigente y según la modalidad de prácticas, como se indica en las condiciones particulares.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709C907F" w14:textId="19FA94C1" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="2C96BA72" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Para estudiantes extranjeros, en el caso de que no les sea de aplicación el Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el alumno se compromete a contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El alumno facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia</w:t>
       </w:r>
       <w:r w:rsidR="00F334C3" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41604D7A" w14:textId="7DBC22E3" w:rsidR="00F32925" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="2D7B7C89" w14:textId="77777777" w:rsidR="00F32925" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Remitir a la Inspección de Trabajo los datos de las personas beneficiarias que estén realizando Prácticas Académicas Externas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2689062E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="7565546E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEXTA.  Obligaciones de las personas beneficiarias.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AFD0AD5" w14:textId="3BA33598" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="4B64F6CC" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Las personas beneficiarias estarán obligadas a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71BEE9C6" w14:textId="5B66E140" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00FC3554">
+    <w:p w14:paraId="7B5CCD3E" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00FC3554">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -2998,51 +3098,51 @@
       <w:r w:rsidR="00FC3554" w:rsidRPr="00FC3554">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">proyecto asociado al trabajo de campo de trabajos fin de estudios y tesis doctorales </w:t>
       </w:r>
       <w:r w:rsidRPr="007669A0">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> respetar las normas de funcionamiento, seguridad y prevención de riesgos laborales de la misma.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441B53AE" w14:textId="5DC9FB0F" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00FC3554">
+    <w:p w14:paraId="323ABB43" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00FC3554">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3051,142 +3151,142 @@
       <w:r w:rsidRPr="007669A0">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">proyecto </w:t>
       </w:r>
       <w:r w:rsidR="00FC3554" w:rsidRPr="00FC3554">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">formativo o el proyecto asociado al trabajo de campo de trabajos fin de estudios y tesis doctorales </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>y cumplir con diligencia las actividades acordadas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="676612B3" w14:textId="273393DD" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="122EB702" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Guardar confidencialidad en relación con la información interna y guardar secreto profesional sobre sus actividades, durante su estancia y finalizada ésta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E84AB9" w14:textId="5D93784A" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="252F8E03" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Mostrar, en todo momento, una actitud respetuosa hacia la política de la Entidad Colaboradora, salvaguardando el buen nombre de la Universidad de Almería a la que pertenece.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5787720C" w14:textId="09581830" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="2C67CB1A" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cualquier otra obligación prevista en la normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="022F2435" w14:textId="065ED91D" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="24E77F43" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="120"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3220,90 +3320,90 @@
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5BAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tengan rela</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ción con menores.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658CC3AB" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="6009E682" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SÉPTIMA.  Consecuencias aplicables en caso de incumplimiento de los compromisos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="643B5CB9" w14:textId="390E986E" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="76DCF9C4" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En el caso de que alguna de las partes incumpla alguno de los compromisos adquiridos, la otra podrá rescindir el Convenio, previo aviso, con una antelación de 15 días fundamentando los motivos de dicha rescisión, reservándose el derecho de acudir a la jurisdicción competente con el fin de exigir el cumplimiento de los compromisos adquiridos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="546121BD" w14:textId="519C31E9" w:rsidR="00F32925" w:rsidRPr="00437A15" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="1666CDAA" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00437A15" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">OCTAVA.  Trabajos fin de </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5BAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3334,51 +3434,51 @@
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Máster</w:t>
       </w:r>
       <w:r w:rsidR="003720A6" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y Tesis Doctorales</w:t>
       </w:r>
       <w:r w:rsidR="00486439" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D582528" w14:textId="37C21C7F" w:rsidR="00F32925" w:rsidRPr="00437A15" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="00ECB72C" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00437A15" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Se podrá realizar el trabajo fin de grado o fin de máster en las instalaciones de la entidad, el cual será dirigido por el tutor que al estudiante se le haya adjudicado por el procedimiento establecido por la Normativa reguladora de Trabajos fin de estudios de la Universidad de</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF5BAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Almería.</w:t>
       </w:r>
@@ -3409,51 +3509,51 @@
       <w:r w:rsidR="00E47B2E" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">trabajo de campo </w:t>
       </w:r>
       <w:r w:rsidR="006D5D06" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">orientado a </w:t>
       </w:r>
       <w:r w:rsidR="003720A6" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">la realización de una tesis doctoral. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25DBE1AE" w14:textId="28FE1D98" w:rsidR="00D75C21" w:rsidRPr="00437A15" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="143BC03E" w14:textId="77777777" w:rsidR="00D75C21" w:rsidRPr="00437A15" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF5BAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El estudiante</w:t>
       </w:r>
       <w:r w:rsidR="00852DAC" w:rsidRPr="00AF5BAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> y los directores de la Universidad </w:t>
       </w:r>
@@ -3556,208 +3656,208 @@
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> estancia y difundir</w:t>
       </w:r>
       <w:r w:rsidR="00852DAC" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>án</w:t>
       </w:r>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> los datos que se determinen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29962CAD" w14:textId="7F6D9F42" w:rsidR="00F32925" w:rsidRPr="00437A15" w:rsidRDefault="008141DC" w:rsidP="00F32925">
+    <w:p w14:paraId="534AD946" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00437A15" w:rsidRDefault="008141DC" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La propiedad intelectual e industrial se ajustará a los términos establecidos en la legislación reguladora de la materia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013CA4B8" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="797E3418" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>NOVENA.  Seguimiento del Convenio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E87DF58" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="79A1872F" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Para garantizar la correcta ejecución y el seguimiento de lo establecido en el presente Convenio, se crea una Comisión de Seguimiento constituida por dos miembros de cada una de las partes, que se regirá por lo dispuesto en la Ley 40/2015 de 1 de octubre de Régimen Jurídico del Sector Público.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6449436E" w14:textId="34CFBDB5" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="44CC09B0" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Esta Comisión tiene por objeto resolver los problemas de interpretación y cumplimiento que pueda plantearse respecto del presente Convenio. Se reunirá cuantas veces lo solicite cada una de las partes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69ACC8EF" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="629C8944" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DÉCIMA.  Protección de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BD9CC47" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="2A4AD7DC" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>De conformidad con la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales, así como con el Reglamento (UE) 2016/679 del Parlamento Europeo y del Consejo de 27 de abril de 2016, relativo a la protección de las personas físicas en lo que respecta al tratamiento de datos personales y a la libre circulación de estos datos y por el que se deroga la Directiva 95/46/CE (Reglamento General de Protección de Datos), le informamos que la Universidad de Almería es la responsable del tratamiento de los datos de carácter personal recogidos al amparo del presente Convenio.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D7E9331" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="1447EAD1" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La finalidad de la recogida y tratamiento de la información es la gestión del presente convenio, así como el mantenimiento del contacto de ambas partes. La licitud del tratamiento de dichos datos se hará de acuerdo con el artículo 6.1.b) y e), del citado Reglamento General de Protección de Datos, así como al consentimiento prestado con la firma de este convenio. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BE178A5" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="260809E0" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La Universidad de Almería no cederá o comunicará sus datos personales, salvo en los supuestos legalmente previstos o cuando fuere necesario para la prestación del servicio y que los datos serán conservados aun después de que hubiera cesado la referida relación con la Universidad, durante el tiempo que puedan ser requeridos por control o fiscalización de la entidad pública competente (Organismo de la Seguridad Social, Agencia Tributaria, Juzgados o Tribunales).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DE3479" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="1D6FA7D3" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">En cualquier momento Ud. podrá ejercitar los derechos de acceso, rectificación, cancelación, supresión, oposición, limitación o portabilidad. Para ejercitar los derechos deberá presentar un escrito a: Secretaría General, Universidad de Almería, La Cañada de San Urbano, 04120 Almería. Deberá especificar cuál de estos derechos solicita sea satisfecho y, a su vez, deberá adjuntar la fotocopia del DNI o documento identificativo equivalente. En caso de que actuara mediante representante, legal o voluntario, deberá aportar también documento que acredite la representación y documento identificativo del mismo. Podrá, asimismo, contactar con el </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Delegado</w:t>
@@ -3769,401 +3869,401 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de Protección de Datos de la Universidad de Almería, en la siguiente dirección de correo electrónico </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00486439">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>dpo@ual.es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED1A003" w14:textId="77777777" w:rsidR="00951266" w:rsidRDefault="00F32925" w:rsidP="00951266">
+    <w:p w14:paraId="5F860E23" w14:textId="77777777" w:rsidR="00951266" w:rsidRDefault="00F32925" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En caso de considerar vulnerado su derecho a la protección de datos personales, podrá interponer una reclamación ante el Consejo de Transparencia y Protección de Datos de Andalucía (</w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidRPr="00486439">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
           <w:t>https://www.ctpdandalucia.es</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EB896F5" w14:textId="77777777" w:rsidR="007D1813" w:rsidRPr="00486439" w:rsidRDefault="007D1813" w:rsidP="00951266">
+    <w:p w14:paraId="34D92F4E" w14:textId="77777777" w:rsidR="007D1813" w:rsidRPr="00486439" w:rsidRDefault="007D1813" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="278EC255" w14:textId="345995F8" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
+    <w:p w14:paraId="0AF88DF8" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>DECIMOPRIMERA.  Jurisdicción</w:t>
       </w:r>
       <w:r w:rsidR="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC1FFA3" w14:textId="795D0DD8" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00951266" w:rsidP="00F32925">
+    <w:p w14:paraId="7C6B1345" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00951266" w:rsidP="00F32925">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El presente convenio </w:t>
       </w:r>
       <w:r w:rsidR="00F32925" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>posee naturaleza administrativa y se regirá en su interpretación y desarrollo por el Ordenamiento Jurídico Administrativo con especial sumisión de las partes a la Jurisdicción Contencioso-Administrativa. En caso de litigio, los Tribunales de la ciudad de Almería serán los únicos competentes, renunciando ambas partes a cualesquiera otros fueros que pudieran corresponderles.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F78D200" w14:textId="6BDB2528" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="32CF3667" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DECIMOSEGUNDA.  V</w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>igencia del c</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>onvenio</w:t>
       </w:r>
       <w:r w:rsidR="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091D3646" w14:textId="64806733" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
+    <w:p w14:paraId="5266DC77" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">El </w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presente convenio </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>tendrá una vigencia de un año a partir de la fecha de su firma, y se renovará tácitamente por períodos similares, hasta un máximo de cuatro años, a no ser que una de las partes notifique a la otra el deseo de darlo por concluido, con una antelación de, al menos, tres meses de la fecha de finalización.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40B7E10A" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
+    <w:p w14:paraId="4F24B345" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En cualquier momento, antes de la finalización del plazo previsto en el apartado anterior, los firmantes del Convenio podrán acordar unánimemente su prórroga por un periodo de hasta cuatro años adicionales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69410CA7" w14:textId="5F8A2CB8" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
+    <w:p w14:paraId="4DFE4970" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La firma del </w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">presente convenio </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>deroga los que se hayan suscrito para el mismo o similar objeto. En el caso de que, en la fecha de la firma de este Convenio, se encuentre en desarrollo algún programa de prácticas amparado en alguno de los convenios que anula, se mantendrán los compromisos adquiridos hasta la finalización de estas prácticas, sin posibilidad de prórroga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8F6291" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
+    <w:p w14:paraId="2F5432B1" w14:textId="77777777" w:rsidR="00F32925" w:rsidRPr="00486439" w:rsidRDefault="00F32925" w:rsidP="00F32925">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DECIMOTERCERA. Régimen jurídico.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AC55734" w14:textId="2DD099C5" w:rsidR="00F32925" w:rsidRDefault="00F32925" w:rsidP="00951266">
+    <w:p w14:paraId="4C298472" w14:textId="77777777" w:rsidR="00F32925" w:rsidRDefault="00F32925" w:rsidP="00951266">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Para todo lo no previsto en el presente convenio, regirán las disposiciones contenidas en el ordenamiento jurídico vigente, siendo la Universidad de Almería competente para adoptar los acuerdos que sean necesarios ante cualquier eventualidad, recabando informe previo de la e</w:t>
       </w:r>
       <w:r w:rsidR="00951266" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ntidad</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> correspondiente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E20745E" w14:textId="48B39F3C" w:rsidR="007D1813" w:rsidRPr="00437A15" w:rsidRDefault="007D1813" w:rsidP="007D1813">
+    <w:p w14:paraId="6FCAE293" w14:textId="77777777" w:rsidR="007D1813" w:rsidRPr="00437A15" w:rsidRDefault="007D1813" w:rsidP="007D1813">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DECIMOCUARTA. Publicidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E1D1663" w14:textId="779DDE52" w:rsidR="007D1813" w:rsidRPr="00437A15" w:rsidRDefault="007D1813" w:rsidP="007D1813">
+    <w:p w14:paraId="55632773" w14:textId="77777777" w:rsidR="007D1813" w:rsidRPr="00437A15" w:rsidRDefault="007D1813" w:rsidP="007D1813">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>De acuerdo con lo establecido en la normativa sobre transparencia, acceso a la información pública y buen gobierno, el presente convenio será publicado en la web de la Universidad de Almería.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CF09E72" w14:textId="7E66E5B9" w:rsidR="007D1813" w:rsidRPr="00AF5BAE" w:rsidRDefault="007D1813" w:rsidP="007D1813">
+    <w:p w14:paraId="57ED3EF8" w14:textId="77777777" w:rsidR="007D1813" w:rsidRPr="00AF5BAE" w:rsidRDefault="007D1813" w:rsidP="007D1813">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="329C09BD" w14:textId="05DA2D95" w:rsidR="00C029D2" w:rsidRPr="00486439" w:rsidRDefault="00C029D2" w:rsidP="00C029D2">
+    <w:p w14:paraId="439581EA" w14:textId="77777777" w:rsidR="00C029D2" w:rsidRPr="00486439" w:rsidRDefault="00C029D2" w:rsidP="00C029D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
@@ -4194,404 +4294,436 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Los representantes de ambas partes firman el presente convenio, en prueba de conformidad, en el lugar y fecha </w:t>
       </w:r>
       <w:r w:rsidR="003D686C" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>indicados al comienzo</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01C935F6" w14:textId="77777777" w:rsidR="003D686C" w:rsidRPr="00486439" w:rsidRDefault="003D686C" w:rsidP="00C029D2">
+    <w:p w14:paraId="59A5D555" w14:textId="77777777" w:rsidR="003D686C" w:rsidRPr="00486439" w:rsidRDefault="003D686C" w:rsidP="00C029D2">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5040"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5760"/>
           <w:tab w:val="left" w:pos="6120"/>
           <w:tab w:val="left" w:pos="6480"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
           <w:tab w:val="left" w:pos="7560"/>
           <w:tab w:val="left" w:pos="7920"/>
           <w:tab w:val="left" w:pos="8280"/>
           <w:tab w:val="left" w:pos="8640"/>
           <w:tab w:val="left" w:pos="9000"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="272E58ED" w14:textId="77777777" w:rsidR="00C029D2" w:rsidRPr="00486439" w:rsidRDefault="00C029D2" w:rsidP="00C029D2">
+    <w:p w14:paraId="49F60A3A" w14:textId="77777777" w:rsidR="00C029D2" w:rsidRPr="00486439" w:rsidRDefault="00C029D2" w:rsidP="00C029D2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4252"/>
         <w:gridCol w:w="4252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00486439" w14:paraId="07CBB9F5" w14:textId="77777777" w:rsidTr="00486439">
+      <w:tr w:rsidR="00486439" w14:paraId="66D5D1F6" w14:textId="77777777" w:rsidTr="00486439">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08AA2B2A" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
+          <w:p w14:paraId="7EF31F92" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Por la Universidad de Almería</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="03469D5D" w14:textId="213F9702" w:rsidR="00486439" w:rsidRDefault="00486439">
+          <w:p w14:paraId="500F0F56" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:bCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936925">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[firmado digitalmente]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D3F0D35" w14:textId="77777777" w:rsidR="003A6F6A" w:rsidRDefault="003A6F6A">
+          <w:p w14:paraId="6CCC3446" w14:textId="77777777" w:rsidR="003A6F6A" w:rsidRDefault="003A6F6A">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:bCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="470FA79E" w14:textId="7FFA7585" w:rsidR="00486439" w:rsidRPr="009F316C" w:rsidRDefault="00D045C2">
+          <w:p w14:paraId="70FE600E" w14:textId="77777777" w:rsidR="00486439" w:rsidRPr="009F316C" w:rsidRDefault="00D045C2">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:strike/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E13FEE">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Fdo.: Fernando Carvajal Ramírez</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4252" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E9E2008" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
+          <w:p w14:paraId="69B7F863" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Por </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>……(</w:t>
+              <w:t>…</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>…(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>indicar la entidad</w:t>
+              <w:t xml:space="preserve">indicar la </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>entidad</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>)………</w:t>
+              <w:t>)…</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>……</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="533FB643" w14:textId="18FD429A" w:rsidR="00486439" w:rsidRPr="00936925" w:rsidRDefault="00486439">
+          <w:p w14:paraId="51C0DF2E" w14:textId="77777777" w:rsidR="00486439" w:rsidRPr="00936925" w:rsidRDefault="00486439">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00936925">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:bCs/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[firmado digitalmente]</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7E6C81C6" w14:textId="77777777" w:rsidR="003A6F6A" w:rsidRDefault="003A6F6A" w:rsidP="000475FC">
+          <w:p w14:paraId="6F3ED328" w14:textId="77777777" w:rsidR="003A6F6A" w:rsidRDefault="003A6F6A" w:rsidP="000475FC">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:bCs/>
                 <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E3FFCA2" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
+          <w:p w14:paraId="58379180" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Fdo.: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>………</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2E3F9D29" w14:textId="77777777" w:rsidR="000475FC" w:rsidRDefault="000475FC" w:rsidP="007B4A35">
+    <w:p w14:paraId="33E4AAE0" w14:textId="77777777" w:rsidR="000475FC" w:rsidRDefault="000475FC" w:rsidP="007B4A35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="600" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B28D9C8" w14:textId="77777777" w:rsidR="000475FC" w:rsidRDefault="000475FC">
+    <w:p w14:paraId="667C2B6A" w14:textId="77777777" w:rsidR="000475FC" w:rsidRDefault="000475FC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3025AF" w14:textId="597CFDFE" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="449A6BC2" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:spacing w:before="600" w:after="480" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CONDICIONES PARTICULARES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B90D3F0" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7324BAAE" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
@@ -4599,405 +4731,405 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRÁCTICAS CURRICULARES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434D5B44" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="631A90CE" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRIMERA.  Descripción.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09B3204A" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="0D3228BF" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Son actividades académicas regladas y tuteladas que forman parte del plan de estudios.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EA6F88" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="5851EF2B" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEGUNDA.  Requisitos de los estudiantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C5742C" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="5A511EE9" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estar matriculado en la asignatura de Prácticas Externas de la titulación de Grado y Máster o estar realizando el Trabajo de campo o similar, en el marco del TFG/TFM que se realicen durante las prácticas académicas externas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D068591" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="751BA5C3" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estar inscrito en la aplicación ÍCARO, o bien, en la plataforma del servicio gestor o por el procedimiento que establezca el Centro responsable en el caso de prácticas curriculares.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3ECD63" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="40B310DE" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TERCERA.  Adjudicación de los estudiantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5A3444" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="309AE533" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">La adjudicación de las prácticas curriculares se realizará con arreglo a criterios objetivos previamente determinados, garantizando, en todo caso, los principios de transparencia, mérito, publicidad e igualdad de oportunidades y de acuerdo con el programa de las prácticas de cada titulación. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="719404B8" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="4157931E" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Se abrirá un plazo de inscripción durante el cual el estudiante seleccionará las ofertas de prácticas en las que está interesado por orden de preferencia. Finalizado ese periodo se adjudicarán las ofertas atendiendo al expediente académico del estudiante.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5685F5F6" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="57B3CB93" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>CUARTA.  Aportación económica</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C39C697" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="2795B2E6" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La realización de estas prácticas no tendrá retribución económica obligatoria. No obstante, los estudiantes podrán acogerse a cualquier modalidad de ayuda compensatoria que sea compatible con su condición de alumno en prácticas.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F848217" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="34FCFBFE" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La empresa o entidad podrá realizar aportaciones económicas en forma de bolsa o ayuda, lo que deberá consignarse en la oferta. En este caso, deberá dar de alta en el Régimen General de la Seguridad Social al beneficiario, según la legislación y normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA99D15" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439" w:rsidP="007B4A35">
+    <w:p w14:paraId="685C2254" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="197FBAA6" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="319DCF4D" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>QUINTA.  Seguros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54282362" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="0E268E33" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Los estudiantes estarán cubiertos, en caso de accidente, enfermedad o infortunio familiar, por el Seguro Escolar en los términos y condiciones que establece la legislación vigente. En el caso de estudiantes mayores de 28 años deberán formalizar un seguro de accidente cuya cuantía correrá a su cargo, debiendo aportar una copia </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>del mismo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en el momento de aceptar la práctica, salvo que la Universidad tenga suscrita una póliza para cubrir a este colectivo. Además, los estudiantes estarán cubiertos por un seguro de responsabilidad civil de daños a terceros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22E23F78" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7829EA1B" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el alumno se compromete a contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El alumno facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CA9A267" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7B06F4C2" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C83204" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="54E8A67E" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0533B32D" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7C481EE4" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
@@ -5006,515 +5138,523 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PRÁCTICAS EXTRACURRICULARES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C413B5" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="75D5F8FA" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRIMERA.  Descripción.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D34CB2A" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="2CBD7B3E" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Son aquellas que los estudiantes podrán realizar con carácter voluntario durante su periodo de formación y que, aun teniendo los mismos fines que las prácticas curriculares, no forman parte del correspondiente Plan de Estudios. No obstante, serán contempladas en el Suplemento Europeo al Título conforme determine la normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D62DDE2" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7C2DCD11" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEGUNDA.  Requisitos de los estudiantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24E6CF7D" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="0420F353" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estar matriculado en la Universidad de Almería en la titulación para la que se oferta la práctica, o en la enseñanza universitaria a la que se vinculan las competencias básicas, genéricas y/o específicas a adquirir por el estudiante en la realización de la práctica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45B2C494" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7F236B39" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Haber superado el 50% de los créditos necesarios para obtener el título cuyas enseñanzas estuviere cursando. En el caso de títulos de un curso de duración, al menos, de 100 horas, estar matriculado en el mismo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="762C3741" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="0CD57321" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>No haber realizado prácticas en convocatorias anteriores en la misma titulación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1950C27C" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="73AE718E" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="714" w:right="0" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estar inscrito en la aplicación ÍCARO en la modalidad de prácticas extracurriculares.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A41CAEA" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="06475A1D" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TERCERA.  Duración y prórroga.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591251DE" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7A58B205" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El periodo de duración máxima será de 6 meses o 600 horas en cómputo global. Sólo en casos excepcionales y siempre en aras de un mejor aprovechamiento por parte del estudiante, se podrá hacer una prórroga de tres meses como máximo, previa petición razonada de la empresa, en la que se exprese el compromiso de contratación a la finalización de dicha práctica por un periodo de duración de 6 meses mínimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EDB89D7" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="37B25F74" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En el supuesto de que la persona beneficiaria renuncie a la práctica extracurricular concedida, ésta percibirá el importe que le corresponda en función del número de horas de prácticas realizadas, con la condición de haber efectuado un mínimo de 15 días naturales.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EFC077E" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439" w:rsidP="007B4A35">
+    <w:p w14:paraId="5104C5DF" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05B856F3" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439" w:rsidP="007B4A35">
+    <w:p w14:paraId="3F27E8F5" w14:textId="77777777" w:rsidR="00486439" w:rsidRDefault="00486439" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3743CEEE" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7920DCE3" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CUARTA.  Selección de los estudiantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F66416D" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7CC6E127" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La selección se hará con arreglo a criterios objetivos previamente determinados, garantizando, en todo caso, los principios de transparencia, mérito, publicidad e igualdad de oportunidades y de acuerdo con el programa de las prácticas de cada titulación.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E8B894" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="74B89C8F" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Los criterios de selección o preselección por parte del órgano gestor se regirán por el expediente académico y la adecuación del currículo del solicitante a la/s línea/s de trabajo y perfil señalados en la oferta.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0AFDF8A2" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="695B22D7" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Los estudiantes seleccionados, deberán expresar su aceptación y compromiso de realización de las prácticas suscribiendo el oportuno documento en el plazo que se indique.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3823C9" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="68548CE9" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">QUINTA.  Aportación económica. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C1B40F" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="0EAEBBB0" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La empresa o entidad abonará a la persona beneficiaria el importe bruto mensual mínimo de 330 euros en concepto de ayuda o bolsa, directamente a la cuenta facilitada por la persona beneficiaria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4225555A" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="6062F7C6" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En el caso de ofertas de prácticas cofinanciadas por la Consejería de la Junta de Andalucía con competencias en esta materia, la empresa o entidad abonará a la persona beneficiaria el importe bruto mensual mínimo de 180 euros en concepto de ayuda o bolsa, directamente a la cuenta facilitada por la persona beneficiaria.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D48367D" w14:textId="700EFD18" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="4FC8408B" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="00356187" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B1EE8">
-[...8 lines deleted...]
-    <w:p w14:paraId="465F1640" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+      <w:r w:rsidRPr="006E4F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>La empresa o entidad abonará a la Universidad de Almería una cuantía económica de 40,00 euros (Cuarenta euros) (más IVA) en concepto de gastos de gestión por estudiante seleccionado y mes, tal y como queda recogido en los Presupuestos Anuales de la Universidad de Almería</w:t>
+      </w:r>
+      <w:r w:rsidR="007B4A35" w:rsidRPr="006E4F79">
+        <w:rPr>
+          <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5060F7A0" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">SEXTA.  Seguros. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E581F9" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="33089AE1" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Los estudiantes en prácticas que perciban contraprestación económica, cualquiera que sea el concepto o la forma en que se perciba, tendrán la condición de asimilados a trabajadores por cuenta ajena, a efectos de su inclusión en el Régimen General de la Seguridad Social, de conformidad con lo establecido en la legislación y normativa vigente.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B7F670" w14:textId="79F07097" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="6C2A76D6" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el </w:t>
       </w:r>
       <w:r w:rsidR="007D1813">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>estudiante</w:t>
       </w:r>
@@ -5530,114 +5670,114 @@
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El </w:t>
       </w:r>
       <w:r w:rsidR="007D1813">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">estudiante </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5775FD61" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="341DEC6D" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SÉPTIMA.  Reconocimientos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64865225" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
+    <w:p w14:paraId="7B03CEA9" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007B4A35" w:rsidP="007B4A35">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Estas prácticas podrán ser reconocidas por créditos de conformidad con lo dispuesto en los respectivos planes de estudio y con el procedimiento establecido reglamentariamente por la Universidad de Almería.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C726240" w14:textId="40A1078F" w:rsidR="003110FA" w:rsidRDefault="003110FA">
+    <w:p w14:paraId="5C1C2B05" w14:textId="77777777" w:rsidR="003110FA" w:rsidRDefault="003110FA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661BA88E" w14:textId="620C8633" w:rsidR="003110FA" w:rsidRPr="00437A15" w:rsidRDefault="003110FA" w:rsidP="003110FA">
+    <w:p w14:paraId="3FAB41F2" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00437A15" w:rsidRDefault="003110FA" w:rsidP="003110FA">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2520"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="3240"/>
           <w:tab w:val="left" w:pos="3600"/>
           <w:tab w:val="left" w:pos="3960"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
@@ -5684,72 +5824,72 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> ACADÉMICAS</w:t>
       </w:r>
       <w:r w:rsidR="00A45454" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EXTERNAS</w:t>
       </w:r>
       <w:r w:rsidR="002F791E" w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:kern w:val="2"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CURRICULARES Y EXTRACURRICULARES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E1E31D1" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="003110FA">
+    <w:p w14:paraId="280DC6AB" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="003110FA">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>PRIMERA.  Descripción.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7769FDC8" w14:textId="5D152925" w:rsidR="003110FA" w:rsidRPr="00437F05" w:rsidRDefault="003110FA" w:rsidP="00100439">
+    <w:p w14:paraId="338B5B39" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00437F05" w:rsidRDefault="003110FA" w:rsidP="00100439">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437F05">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>El Trabajo fin de grado</w:t>
       </w:r>
       <w:r w:rsidR="00BC0AAE" w:rsidRPr="00437F05">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -5798,51 +5938,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">para </w:t>
       </w:r>
       <w:r w:rsidR="00A45454" w:rsidRPr="00437F05">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la obtención d</w:t>
       </w:r>
       <w:r w:rsidRPr="00437F05">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>el grado de doctor.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32FC0A68" w14:textId="15854818" w:rsidR="00E935E1" w:rsidRPr="002F791E" w:rsidRDefault="00100439" w:rsidP="00E935E1">
+    <w:p w14:paraId="04377007" w14:textId="77777777" w:rsidR="00E935E1" w:rsidRPr="002F791E" w:rsidRDefault="00100439" w:rsidP="00E935E1">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437F05">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Las estancias en entidades colaboradoras para realizar estos trabajos de campo no t</w:t>
       </w:r>
       <w:r w:rsidR="00E935E1">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -5871,72 +6011,72 @@
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">se </w:t>
       </w:r>
       <w:r w:rsidR="00E935E1">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">establece en </w:t>
       </w:r>
       <w:r w:rsidR="00E935E1" w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>la disposición adicional quincuagésima el Real Decreto Ley 2/2023, de 16 de marzo, de medidas urgentes para la ampliación de derechos de los pensionistas, la reducción de la brecha de género y el establecimiento de un nuevo marco de sostenibilidad del sistema público de pensiones.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3839E036" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="003110FA">
+    <w:p w14:paraId="5DD1799C" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="003110FA">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEGUNDA.  Requisitos de los estudiantes.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F5B4984" w14:textId="3A702569" w:rsidR="003110FA" w:rsidRPr="00E935E1" w:rsidRDefault="003110FA" w:rsidP="00E935E1">
+    <w:p w14:paraId="483330EF" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00E935E1" w:rsidRDefault="003110FA" w:rsidP="00E935E1">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="709"/>
           <w:tab w:val="clear" w:pos="1702"/>
           <w:tab w:val="clear" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E935E1">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Estar matriculado en la asignatura de </w:t>
       </w:r>
@@ -5964,90 +6104,90 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidR="00A45454" w:rsidRPr="00E935E1">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Máster o en un programa de doctorado</w:t>
       </w:r>
       <w:r w:rsidRPr="00E935E1">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CBB3512" w14:textId="1CF04286" w:rsidR="00BC0AAE" w:rsidRPr="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="00BC0AAE">
+    <w:p w14:paraId="6EE923CD" w14:textId="77777777" w:rsidR="00BC0AAE" w:rsidRPr="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="00BC0AAE">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>TERCERA</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0AAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Proyecto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03B9D5D8" w14:textId="3D4F8EEC" w:rsidR="00BC0AAE" w:rsidRPr="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="00BC0AAE">
+    <w:p w14:paraId="010F6DA8" w14:textId="77777777" w:rsidR="00BC0AAE" w:rsidRPr="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="00BC0AAE">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>El trabajo de campo</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0AAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
@@ -6221,376 +6361,376 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">, actividad a desarrollar, </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0AAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>duración y horario de la estancia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FE9D740" w14:textId="77777777" w:rsidR="002F791E" w:rsidRDefault="002F791E" w:rsidP="00BC0AAE">
+    <w:p w14:paraId="47EE7503" w14:textId="77777777" w:rsidR="002F791E" w:rsidRDefault="002F791E" w:rsidP="00BC0AAE">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38F3924F" w14:textId="77777777" w:rsidR="002F791E" w:rsidRDefault="002F791E" w:rsidP="00BC0AAE">
+    <w:p w14:paraId="220BC9A9" w14:textId="77777777" w:rsidR="002F791E" w:rsidRDefault="002F791E" w:rsidP="00BC0AAE">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4834E1B3" w14:textId="77777777" w:rsidR="00BC0AAE" w:rsidRPr="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="00BC0AAE">
+    <w:p w14:paraId="394427F8" w14:textId="77777777" w:rsidR="00BC0AAE" w:rsidRPr="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="00BC0AAE">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0AAE">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CUARTA. Vinculación del estudiante con la entidad colaboradora.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B4D660F" w14:textId="783CAA3F" w:rsidR="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="003110FA">
+    <w:p w14:paraId="06BE2B31" w14:textId="77777777" w:rsidR="00BC0AAE" w:rsidRDefault="00BC0AAE" w:rsidP="003110FA">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0AAE">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Las personas beneficiarias no tendrán, en ningún caso, vinculación o relación laboral, contractual o estatutaria. La suscripción del presente convenio no supondrá la adquisición de más compromisos que los estipulados en el mismo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07819730" w14:textId="4BF005D4" w:rsidR="0053115E" w:rsidRPr="0053115E" w:rsidRDefault="0053115E" w:rsidP="0053115E">
+    <w:p w14:paraId="488B9EF6" w14:textId="77777777" w:rsidR="0053115E" w:rsidRPr="0053115E" w:rsidRDefault="0053115E" w:rsidP="0053115E">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>QUINTA. Obligaciones de la empresa o entidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AAAF753" w14:textId="77777777" w:rsidR="0053115E" w:rsidRDefault="0053115E" w:rsidP="0053115E">
+    <w:p w14:paraId="2F5E2AFF" w14:textId="77777777" w:rsidR="0053115E" w:rsidRDefault="0053115E" w:rsidP="0053115E">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>La empresa o entidad estará obligada a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E85594C" w14:textId="77777777" w:rsidR="0053115E" w:rsidRDefault="0053115E" w:rsidP="002401E4">
+    <w:p w14:paraId="4AA43421" w14:textId="77777777" w:rsidR="0053115E" w:rsidRDefault="0053115E" w:rsidP="002401E4">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053115E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombrar por lo menos a un tutor del </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>estudiante</w:t>
       </w:r>
       <w:r w:rsidRPr="0053115E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>, perteneciente a la entidad, que hará un seguimiento del programa del trabajo durante su estancia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3449170E" w14:textId="5B969D25" w:rsidR="0053115E" w:rsidRDefault="0053115E" w:rsidP="002401E4">
+    <w:p w14:paraId="1870B85F" w14:textId="77777777" w:rsidR="0053115E" w:rsidRDefault="0053115E" w:rsidP="002401E4">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053115E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Facilitar al estudiant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0053115E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> los medios e instalaciones oportunas para poder desarrollar el proyecto acordado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="122BA452" w14:textId="76CFD737" w:rsidR="0053115E" w:rsidRPr="005D207A" w:rsidRDefault="0053115E" w:rsidP="0053115E">
+    <w:p w14:paraId="375DDAF2" w14:textId="77777777" w:rsidR="0053115E" w:rsidRPr="005D207A" w:rsidRDefault="0053115E" w:rsidP="0053115E">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="568" w:hanging="284"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0053115E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Orientar y ayudar al estudiant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="0053115E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> a resolver sus dudas y dificultades.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B62A8C3" w14:textId="3DC56625" w:rsidR="0072384D" w:rsidRPr="002F791E" w:rsidRDefault="00C96C94" w:rsidP="002F791E">
+    <w:p w14:paraId="26A545DD" w14:textId="77777777" w:rsidR="0072384D" w:rsidRPr="002F791E" w:rsidRDefault="00C96C94" w:rsidP="002F791E">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SEXTA</w:t>
       </w:r>
       <w:r w:rsidR="0072384D" w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Obligaciones de la Universidad.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62F0FBBB" w14:textId="0058809E" w:rsidR="0072384D" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="0072384D">
+    <w:p w14:paraId="2D7601DC" w14:textId="77777777" w:rsidR="0072384D" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="0072384D">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0072384D">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">La </w:t>
       </w:r>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Universidad </w:t>
       </w:r>
       <w:r w:rsidR="00C96C94" w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">estará obligada </w:t>
       </w:r>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>a:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF32B0E" w14:textId="466C6828" w:rsidR="002401E4" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="002401E4">
+    <w:p w14:paraId="23320ED8" w14:textId="77777777" w:rsidR="002401E4" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="002401E4">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombrar </w:t>
       </w:r>
       <w:r w:rsidR="002401E4" w:rsidRPr="005D207A">
@@ -6635,77 +6775,77 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="00852DAC">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> la materia</w:t>
       </w:r>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0178FD15" w14:textId="77777777" w:rsidR="002401E4" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="002401E4">
+    <w:p w14:paraId="5270379B" w14:textId="77777777" w:rsidR="002401E4" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="002401E4">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Establecer con la entidad colaboradora los objetivos y planificación del proyecto con carácter previo al inicio de la estancia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75074D41" w14:textId="00A2A273" w:rsidR="0072384D" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="002401E4">
+    <w:p w14:paraId="3612058F" w14:textId="77777777" w:rsidR="0072384D" w:rsidRPr="005D207A" w:rsidRDefault="0072384D" w:rsidP="002401E4">
       <w:pPr>
         <w:pStyle w:val="Ttulo"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="120" w:line="360" w:lineRule="atLeast"/>
         <w:ind w:left="567" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>Informar el estudiante</w:t>
       </w:r>
       <w:r w:rsidR="002401E4" w:rsidRPr="005D207A">
@@ -6723,540 +6863,532 @@
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>el contenido de</w:t>
       </w:r>
       <w:r w:rsidR="002401E4" w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> este acuerdo</w:t>
       </w:r>
       <w:r w:rsidRPr="005D207A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CE6963E" w14:textId="69660D2D" w:rsidR="003110FA" w:rsidRPr="002F791E" w:rsidRDefault="002F791E" w:rsidP="002F791E">
+    <w:p w14:paraId="6C6C0707" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="002F791E" w:rsidRDefault="002F791E" w:rsidP="002F791E">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SÉPTIMA</w:t>
       </w:r>
       <w:r w:rsidR="003110FA" w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Aportación económica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D935D27" w14:textId="661E9FF7" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="002F791E">
+    <w:p w14:paraId="07568DB5" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="002F791E">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>La realización de</w:t>
       </w:r>
       <w:r w:rsidR="00100439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">l trabajo de </w:t>
       </w:r>
       <w:r w:rsidR="00100439" w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>campo</w:t>
       </w:r>
       <w:r w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> no tendrá ret</w:t>
       </w:r>
       <w:r w:rsidR="00A45454" w:rsidRPr="002F791E">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ribución económica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D6E87E" w14:textId="3EBDB4DB" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="002F791E" w:rsidP="003110FA">
+    <w:p w14:paraId="1E871D77" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="002F791E" w:rsidP="003110FA">
       <w:pPr>
         <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>OCTAVA</w:t>
       </w:r>
       <w:r w:rsidR="003110FA" w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  Seguros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CA1C80C" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="003110FA">
+    <w:p w14:paraId="4082275C" w14:textId="77777777" w:rsidR="003110FA" w:rsidRPr="00486439" w:rsidRDefault="003110FA" w:rsidP="003110FA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Los estudiantes estarán cubiertos, en caso de accidente, enfermedad o infortunio familiar, por el Seguro Escolar en los términos y condiciones que establece la legislación vigente. En el caso de estudiantes mayores de 28 años deberán formalizar un seguro de accidente cuya cuantía correrá a </w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">su cargo, debiendo aportar una copia </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>del mismo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> en el momento de aceptar la práctica, salvo que la Universidad tenga suscrita una póliza para cubrir a este colectivo. Además, los estudiantes estarán cubiertos por un seguro de responsabilidad civil de daños a terceros.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55843686" w14:textId="30B6A03F" w:rsidR="003110FA" w:rsidRDefault="003110FA" w:rsidP="003110FA">
+    <w:p w14:paraId="5C2CD90D" w14:textId="77777777" w:rsidR="003110FA" w:rsidRDefault="003110FA" w:rsidP="003110FA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el </w:t>
       </w:r>
       <w:r w:rsidR="00D75C21">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>estudiante</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> se compromete a contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El </w:t>
       </w:r>
       <w:r w:rsidR="00D75C21">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>estudiante</w:t>
       </w:r>
       <w:r w:rsidRPr="00486439">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CABCE70" w14:textId="7F731A61" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007D1813" w:rsidP="00437A15">
+    <w:p w14:paraId="3F8F9F64" w14:textId="77777777" w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidRDefault="007D1813" w:rsidP="00437A15">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00437A15">
         <w:rPr>
           <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>En el caso de la realización del trabajo de campo en el extranjero, el alumnado deberá suscribir por su cuenta un seguro de accidentes que incluya la repatriación y un seguro de responsabilidad civil, debiendo aportar copia al responsable en la entidad colaboradora en el momento de su incorporación.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007B4A35" w:rsidRPr="00486439" w:rsidSect="003D686C">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1133" w:bottom="851" w:left="1701" w:header="1560" w:footer="261" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="390296FF" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC" w:rsidP="007447F1">
+    <w:p w14:paraId="340C0145" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33679346" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC"/>
+    <w:p w14:paraId="4B9978ED" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="66F3F5AA" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC" w:rsidP="007447F1">
+    <w:p w14:paraId="5A3D6EA5" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="382460F6" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC"/>
+    <w:p w14:paraId="01CA885C" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{84B3719F-259F-3042-87F1-CC5223DA1B71}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{C5B7937D-2B3E-6E49-A291-8EF3F49B02EB}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId5" w:fontKey="{98BB52AC-37F3-AB48-87EE-9246DD03A2D7}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{31B94A96-059B-3447-BCAE-CD6691D48946}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{685D44A4-F443-904E-B6D2-2BF1E21838E2}"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...1 lines deleted...]
-    <w:embedBold r:id="rId9" w:fontKey="{E158263E-E369-2549-A07B-F2370DBADA38}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{7BC2C2BE-B17E-44D6-B8D2-06615E4DFFEA}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{9FA1D39E-1BA9-4776-8001-F45A22323F24}"/>
   </w:font>
   <w:font w:name="Catamaran">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{AB9400B5-29EB-5B4C-B838-1AEF0E880437}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId13" w:fontKey="{DEEB1EC1-6980-4240-A93D-9D8E6DA132D6}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{AA2FD7CC-1514-42CA-A400-69B39AE2AEE8}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{0C2CF40E-6401-42F1-8F60-A130F9CC8502}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{8D6637CC-8F04-4973-9A80-1C80CC18761E}"/>
+    <w:embedBoldItalic r:id="rId6" w:fontKey="{7BE3C6E7-D635-453B-A534-32BC87D6BABE}"/>
   </w:font>
   <w:font w:name="Tms Rmn">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="02020603040505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId16" w:fontKey="{AC19F087-40AC-5441-B275-510513DBC730}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{E2F2B568-5ED7-4BFF-A0BD-F57D565D6D02}"/>
   </w:font>
   <w:font w:name="Catamaran Medium">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId17" w:fontKey="{FA16980C-F7B0-DE4D-AA43-71564E4358C8}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{C4E98DA6-ED05-4269-8E4D-4E60D0753857}"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId18" w:fontKey="{6B665367-F483-724A-B835-7A09C948A714}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{F4C2CB4F-2ECC-4894-81DB-7B4E5CB9827B}"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId19" w:fontKey="{A3ED1492-F107-9A4A-93E1-08D0747229ED}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{1C4C9734-DA8E-4174-BD83-8279AA4BBAAA}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New Baskerville">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId21" w:fontKey="{8C8FE565-7749-0C4A-806B-3D827E4F9793}"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{8903F125-8033-43D6-BF8D-2C20BEFAE95F}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1288120087"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3A4FA949" w14:textId="204DFEA5" w:rsidR="003D686C" w:rsidRPr="003D686C" w:rsidRDefault="003D686C">
+      <w:p w14:paraId="23210B20" w14:textId="77777777" w:rsidR="003D686C" w:rsidRPr="003D686C" w:rsidRDefault="003D686C">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="003D686C">
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="003D686C">
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           </w:rPr>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidRPr="003D686C">
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E13FEE" w:rsidRPr="00E13FEE">
+        <w:r w:rsidR="00DC6E04" w:rsidRPr="00DC6E04">
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
             <w:noProof/>
             <w:lang w:val="es-ES"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r w:rsidRPr="003D686C">
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6A30ECEB" w14:textId="77777777" w:rsidR="003D686C" w:rsidRDefault="003D686C">
+  <w:p w14:paraId="45B49DB8" w14:textId="77777777" w:rsidR="003D686C" w:rsidRDefault="003D686C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="1B3154BB" w14:textId="77777777" w:rsidR="00EC487D" w:rsidRDefault="00EC487D"/>
+  <w:p w14:paraId="3D13868B" w14:textId="77777777" w:rsidR="00EC487D" w:rsidRDefault="00EC487D"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1715DFB5" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC" w:rsidP="007447F1">
+    <w:p w14:paraId="6E7B0680" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D33ED28" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC"/>
+    <w:p w14:paraId="00B55583" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="75E0E2BD" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC" w:rsidP="007447F1">
+    <w:p w14:paraId="1D926493" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F6760CC" w14:textId="77777777" w:rsidR="00084DEC" w:rsidRDefault="00084DEC"/>
+    <w:p w14:paraId="14290D02" w14:textId="77777777" w:rsidR="001B1D8A" w:rsidRDefault="001B1D8A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7A57AF34" w14:textId="4BDDFD90" w:rsidR="00D959A8" w:rsidRDefault="00BB30FF">
+  <w:p w14:paraId="584E5CF9" w14:textId="77777777" w:rsidR="00D959A8" w:rsidRDefault="00BB30FF">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E5553B5" wp14:editId="656FC792">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4187190</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-609600</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1800225" cy="523875"/>
               <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Cuadro de texto 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -7277,89 +7409,89 @@
                       <a:ln w="6350">
                         <a:solidFill>
                           <a:schemeClr val="bg1">
                             <a:lumMod val="50000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                       <a:effectLst/>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="209FBE87" w14:textId="3680B3F3" w:rsidR="00BB30FF" w:rsidRPr="00BB30FF" w:rsidRDefault="00BB30FF">
+                        <w:p w14:paraId="54CEBDA4" w14:textId="77777777" w:rsidR="00BB30FF" w:rsidRPr="00BB30FF" w:rsidRDefault="00BB30FF">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00BB30FF">
                             <w:rPr>
                               <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                             </w:rPr>
                             <w:t>Logo de la entidad colaboradora</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1E5553B5" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:329.7pt;margin-top:-48pt;width:141.75pt;height:41.25pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkd/udpwIAAN0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L7sJBGjEBqVBVJUo&#10;oELF2fHaiVXb49pOdsOv79i7+YByoWoOjr3z5nnmeWYuLlujyVr4oMBWdHBUUiIsh1rZRUV/Pl5/&#10;OqckRGZrpsGKim5EoJeTjx8uGjcWQ1iCroUnSGLDuHEVXcboxkUR+FIYFo7ACYtGCd6wiEe/KGrP&#10;GmQ3uhiW5WnRgK+dBy5CwK9XnZFOMr+Ugsc7KYOIRFcUY4t59Xmdp7WYXLDxwjO3VLwPg/1DFIYp&#10;i5fuqK5YZGTl1V9URnEPAWQ84mAKkFJxkXPAbAblq2welsyJnAuKE9xOpvD/aPnt+t4TVePbUWKZ&#10;wSearVjtgdSCRNFGIIMkUuPCGLEPDtGx/QJtcui/B/yYcm+lN+kfsyJoR7k3O4mRifDkdF6Ww+GI&#10;Eo620fD4/GyUaIq9t/MhfhVgSNpU1OMTZmXZ+ibEDrqFpMsCaFVfK63zIZWNmGlP1gwfXMccI5K/&#10;QGlLmoqeHo/KTPzClgtvzzBfDDJGr8x3qDvWUYm/PugdPKdwwIR3aptCErkI+9CTip1aeRc3WiSM&#10;tj+ExEfIor2RB+Nc2F0uGZ1QErN+j2OP30f1HucuD/TIN4ONO2ejLPhOyZfy17+28ssOjyId5J22&#10;sZ23fRXNod5gcXnoejQ4fq2wAm5YiPfMY1NiPeGgiXe4SA34gtDvKFmCf37re8Jjr6CVkgabvKLh&#10;94p5QYn+ZrGLPg9OTtJUyIeT0dkQD/7QMj+02JWZAZYVdgpGl7cJH/V2Kz2YJ5xH03QrmpjleHdF&#10;43Y7i93owXnGxXSaQTgHHIs39sHxRJ3kTfX92D4x7/omSI14C9txwMaveqHDJk8L01UEqXKjJIE7&#10;VXvhcYbkOu3nXRpSh+eM2k/lyR8AAAD//wMAUEsDBBQABgAIAAAAIQDX63/f4gAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcFbu2lNQhOzKSIqFKFgLfS6zY5J7H6ku9s2+usd&#10;T3qcmYd3nrdajkazM/rQOytgNk2AoW2c6m0rYPv+PFkAC1FaJbWzKOALAyzr66tKlspd7BueN7Fl&#10;FGJDKQV0MQ4l56Hp0MgwdQNaun04b2Sk0bdceXmhcKP5PElybmRv6UMnB3zssDlsTkZAunpCvXvx&#10;x8iTY/b9uT68utVWiNub8eEeWMQx/sHwq0/qUJPT3p2sCkwLyLMiJVTApMipFBFFOi+A7Wkzu8uA&#10;1xX/36H+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACR3+52nAgAA3QUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANfrf9/iAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAAQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1612]" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="209FBE87" w14:textId="3680B3F3" w:rsidR="00BB30FF" w:rsidRPr="00BB30FF" w:rsidRDefault="00BB30FF">
+                  <w:p w:rsidR="00BB30FF" w:rsidRPr="00BB30FF" w:rsidRDefault="00BB30FF">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00BB30FF">
                       <w:rPr>
                         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       </w:rPr>
                       <w:t>Logo de la entidad colaboradora</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00D959A8">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
@@ -7396,51 +7528,51 @@
                       <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                         <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId2"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1704975" cy="571500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="59F53454" w14:textId="77777777" w:rsidR="00EC487D" w:rsidRDefault="00EC487D"/>
+  <w:p w14:paraId="51519745" w14:textId="77777777" w:rsidR="00EC487D" w:rsidRDefault="00EC487D"/>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06A75DA9"/>
@@ -9289,250 +9421,254 @@
     <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1126044436">
+  <w:num w:numId="1" w16cid:durableId="1143696990">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="240410243">
+  <w:num w:numId="2" w16cid:durableId="751632801">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="867569108">
+  <w:num w:numId="3" w16cid:durableId="1614708124">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="269433356">
+  <w:num w:numId="4" w16cid:durableId="1997611554">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="983044668">
+  <w:num w:numId="5" w16cid:durableId="1661807572">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1151410492">
+  <w:num w:numId="6" w16cid:durableId="1725908615">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1770662536">
+  <w:num w:numId="7" w16cid:durableId="1934125791">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1167937632">
+  <w:num w:numId="8" w16cid:durableId="95564036">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="555554204">
+  <w:num w:numId="9" w16cid:durableId="879129996">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="953709232">
+  <w:num w:numId="10" w16cid:durableId="1275207972">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="502083971">
+  <w:num w:numId="11" w16cid:durableId="1768692528">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1724065206">
+  <w:num w:numId="12" w16cid:durableId="367027679">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1217930356">
+  <w:num w:numId="13" w16cid:durableId="1961524218">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="2082826572">
+  <w:num w:numId="14" w16cid:durableId="1150295601">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1378971895">
+  <w:num w:numId="15" w16cid:durableId="1006442520">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1951817455">
+  <w:num w:numId="16" w16cid:durableId="1288854753">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="460661026">
+  <w:num w:numId="17" w16cid:durableId="2007126479">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1989049766">
+  <w:num w:numId="18" w16cid:durableId="1611080959">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1183592962">
+  <w:num w:numId="19" w16cid:durableId="1218660644">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="900673052">
+  <w:num w:numId="20" w16cid:durableId="825317827">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1225482174">
+  <w:num w:numId="21" w16cid:durableId="535965196">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="125"/>
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007447F1"/>
+    <w:rsid w:val="000124B3"/>
     <w:rsid w:val="00015116"/>
     <w:rsid w:val="00016DCC"/>
     <w:rsid w:val="000304C9"/>
     <w:rsid w:val="00031F84"/>
     <w:rsid w:val="00037276"/>
     <w:rsid w:val="000379F6"/>
     <w:rsid w:val="0004277A"/>
     <w:rsid w:val="000475FC"/>
     <w:rsid w:val="00050020"/>
     <w:rsid w:val="00057B18"/>
     <w:rsid w:val="000629FE"/>
     <w:rsid w:val="000648C5"/>
     <w:rsid w:val="00064DA6"/>
     <w:rsid w:val="000674DE"/>
     <w:rsid w:val="00067606"/>
     <w:rsid w:val="0008447A"/>
     <w:rsid w:val="00084DEC"/>
     <w:rsid w:val="00095ECF"/>
     <w:rsid w:val="000A23B0"/>
     <w:rsid w:val="000B1EE8"/>
     <w:rsid w:val="000B5FD5"/>
     <w:rsid w:val="000C5CB2"/>
     <w:rsid w:val="000D143A"/>
     <w:rsid w:val="000D17C5"/>
     <w:rsid w:val="000D3EC3"/>
     <w:rsid w:val="000F0DE0"/>
     <w:rsid w:val="000F39DA"/>
     <w:rsid w:val="000F6C71"/>
     <w:rsid w:val="000F6D6B"/>
     <w:rsid w:val="00100439"/>
     <w:rsid w:val="001004A4"/>
     <w:rsid w:val="00105B8E"/>
     <w:rsid w:val="00113756"/>
     <w:rsid w:val="00124DE5"/>
     <w:rsid w:val="001261D3"/>
     <w:rsid w:val="00132751"/>
     <w:rsid w:val="00134058"/>
     <w:rsid w:val="00134A38"/>
     <w:rsid w:val="0014150F"/>
     <w:rsid w:val="001452C3"/>
     <w:rsid w:val="00150C56"/>
     <w:rsid w:val="001575F6"/>
     <w:rsid w:val="001626FF"/>
     <w:rsid w:val="001651B4"/>
     <w:rsid w:val="00166B4D"/>
     <w:rsid w:val="0016701E"/>
     <w:rsid w:val="001777D7"/>
+    <w:rsid w:val="00187F4F"/>
     <w:rsid w:val="0019378A"/>
     <w:rsid w:val="001941D1"/>
     <w:rsid w:val="001955D0"/>
     <w:rsid w:val="00196E58"/>
     <w:rsid w:val="001A26C3"/>
     <w:rsid w:val="001A645D"/>
     <w:rsid w:val="001B1146"/>
     <w:rsid w:val="001B1B72"/>
+    <w:rsid w:val="001B1D8A"/>
     <w:rsid w:val="001B6E7A"/>
     <w:rsid w:val="001C04F7"/>
     <w:rsid w:val="001C1E97"/>
     <w:rsid w:val="001E26BE"/>
     <w:rsid w:val="001E476B"/>
     <w:rsid w:val="001E5C25"/>
     <w:rsid w:val="001E6819"/>
     <w:rsid w:val="002013B6"/>
     <w:rsid w:val="00203433"/>
     <w:rsid w:val="002111CC"/>
     <w:rsid w:val="002165EA"/>
     <w:rsid w:val="0022079F"/>
     <w:rsid w:val="00220983"/>
     <w:rsid w:val="00226EC0"/>
     <w:rsid w:val="00227A90"/>
     <w:rsid w:val="00230FE2"/>
     <w:rsid w:val="002401E4"/>
     <w:rsid w:val="0024437E"/>
     <w:rsid w:val="002447E7"/>
     <w:rsid w:val="00253BED"/>
     <w:rsid w:val="00254852"/>
     <w:rsid w:val="00254F85"/>
     <w:rsid w:val="00257721"/>
     <w:rsid w:val="00261723"/>
     <w:rsid w:val="00274B2D"/>
     <w:rsid w:val="002763E0"/>
     <w:rsid w:val="00282486"/>
     <w:rsid w:val="0028701A"/>
     <w:rsid w:val="002871B5"/>
     <w:rsid w:val="00296435"/>
     <w:rsid w:val="002A3FAE"/>
     <w:rsid w:val="002B546E"/>
     <w:rsid w:val="002C042B"/>
     <w:rsid w:val="002C0B6F"/>
     <w:rsid w:val="002C3D3B"/>
     <w:rsid w:val="002D21A3"/>
     <w:rsid w:val="002D3F25"/>
     <w:rsid w:val="002D47ED"/>
     <w:rsid w:val="002E00F5"/>
     <w:rsid w:val="002E0F2F"/>
     <w:rsid w:val="002F139C"/>
     <w:rsid w:val="002F274C"/>
     <w:rsid w:val="002F791E"/>
     <w:rsid w:val="003020F0"/>
     <w:rsid w:val="003110FA"/>
     <w:rsid w:val="00331B0D"/>
     <w:rsid w:val="00343DA9"/>
     <w:rsid w:val="00351F24"/>
     <w:rsid w:val="00352D7A"/>
     <w:rsid w:val="00355B19"/>
+    <w:rsid w:val="00356187"/>
     <w:rsid w:val="00357288"/>
     <w:rsid w:val="00360A0C"/>
     <w:rsid w:val="00362BAB"/>
     <w:rsid w:val="003720A6"/>
     <w:rsid w:val="003759C2"/>
     <w:rsid w:val="003A3DF4"/>
     <w:rsid w:val="003A5840"/>
     <w:rsid w:val="003A6F6A"/>
     <w:rsid w:val="003B051D"/>
     <w:rsid w:val="003B6369"/>
     <w:rsid w:val="003B665D"/>
     <w:rsid w:val="003B74DD"/>
     <w:rsid w:val="003C70A9"/>
     <w:rsid w:val="003D27C6"/>
     <w:rsid w:val="003D3F6E"/>
     <w:rsid w:val="003D40E9"/>
     <w:rsid w:val="003D4ED8"/>
     <w:rsid w:val="003D686C"/>
     <w:rsid w:val="003D6FED"/>
     <w:rsid w:val="003E0E61"/>
     <w:rsid w:val="003E36F8"/>
     <w:rsid w:val="003E3773"/>
     <w:rsid w:val="003E5BB1"/>
     <w:rsid w:val="003E6B94"/>
     <w:rsid w:val="003F0BE7"/>
@@ -9607,50 +9743,51 @@
     <w:rsid w:val="00621229"/>
     <w:rsid w:val="00623B94"/>
     <w:rsid w:val="0062572C"/>
     <w:rsid w:val="00626920"/>
     <w:rsid w:val="006303CC"/>
     <w:rsid w:val="00634981"/>
     <w:rsid w:val="00652452"/>
     <w:rsid w:val="00652976"/>
     <w:rsid w:val="00652EB7"/>
     <w:rsid w:val="006541B6"/>
     <w:rsid w:val="00654F23"/>
     <w:rsid w:val="006578ED"/>
     <w:rsid w:val="006851C8"/>
     <w:rsid w:val="00687C2F"/>
     <w:rsid w:val="00691302"/>
     <w:rsid w:val="006950B9"/>
     <w:rsid w:val="006A0B5A"/>
     <w:rsid w:val="006A1B6F"/>
     <w:rsid w:val="006A5383"/>
     <w:rsid w:val="006B1994"/>
     <w:rsid w:val="006B1C1D"/>
     <w:rsid w:val="006B4EAC"/>
     <w:rsid w:val="006D5D06"/>
     <w:rsid w:val="006D7FEE"/>
     <w:rsid w:val="006E09FC"/>
+    <w:rsid w:val="006E4F79"/>
     <w:rsid w:val="006F29D8"/>
     <w:rsid w:val="006F3792"/>
     <w:rsid w:val="006F3AEA"/>
     <w:rsid w:val="006F4043"/>
     <w:rsid w:val="006F449D"/>
     <w:rsid w:val="006F7AEC"/>
     <w:rsid w:val="006F7C9E"/>
     <w:rsid w:val="0071073B"/>
     <w:rsid w:val="00714DD0"/>
     <w:rsid w:val="0072384D"/>
     <w:rsid w:val="0073229E"/>
     <w:rsid w:val="0073469E"/>
     <w:rsid w:val="00736936"/>
     <w:rsid w:val="007431AC"/>
     <w:rsid w:val="007447F1"/>
     <w:rsid w:val="00747944"/>
     <w:rsid w:val="00750F3E"/>
     <w:rsid w:val="00751059"/>
     <w:rsid w:val="007514BF"/>
     <w:rsid w:val="007524E6"/>
     <w:rsid w:val="00761461"/>
     <w:rsid w:val="007626E2"/>
     <w:rsid w:val="007669A0"/>
     <w:rsid w:val="00771BB9"/>
     <w:rsid w:val="0077332D"/>
@@ -9749,50 +9886,51 @@
     <w:rsid w:val="00A5360B"/>
     <w:rsid w:val="00A53962"/>
     <w:rsid w:val="00A602E3"/>
     <w:rsid w:val="00A76C59"/>
     <w:rsid w:val="00A774A2"/>
     <w:rsid w:val="00A91ED9"/>
     <w:rsid w:val="00A95D5D"/>
     <w:rsid w:val="00AA279F"/>
     <w:rsid w:val="00AA6A8E"/>
     <w:rsid w:val="00AB681B"/>
     <w:rsid w:val="00AB7E1D"/>
     <w:rsid w:val="00AD1C61"/>
     <w:rsid w:val="00AD2104"/>
     <w:rsid w:val="00AD59AC"/>
     <w:rsid w:val="00AE05C3"/>
     <w:rsid w:val="00AE17D2"/>
     <w:rsid w:val="00AE61F5"/>
     <w:rsid w:val="00AE6B34"/>
     <w:rsid w:val="00AF20F6"/>
     <w:rsid w:val="00AF5BAE"/>
     <w:rsid w:val="00AF7230"/>
     <w:rsid w:val="00B0662F"/>
     <w:rsid w:val="00B123A7"/>
     <w:rsid w:val="00B21764"/>
     <w:rsid w:val="00B2275D"/>
+    <w:rsid w:val="00B26B5B"/>
     <w:rsid w:val="00B30E36"/>
     <w:rsid w:val="00B32D58"/>
     <w:rsid w:val="00B34A77"/>
     <w:rsid w:val="00B361E5"/>
     <w:rsid w:val="00B4239F"/>
     <w:rsid w:val="00B4291F"/>
     <w:rsid w:val="00B469F7"/>
     <w:rsid w:val="00B47BDC"/>
     <w:rsid w:val="00B546F0"/>
     <w:rsid w:val="00B6018B"/>
     <w:rsid w:val="00B66B3D"/>
     <w:rsid w:val="00B7332D"/>
     <w:rsid w:val="00B74E98"/>
     <w:rsid w:val="00B85C9A"/>
     <w:rsid w:val="00B86D44"/>
     <w:rsid w:val="00B9567C"/>
     <w:rsid w:val="00BA32EE"/>
     <w:rsid w:val="00BB30FF"/>
     <w:rsid w:val="00BC0AAE"/>
     <w:rsid w:val="00BD646A"/>
     <w:rsid w:val="00BE6830"/>
     <w:rsid w:val="00BE6B34"/>
     <w:rsid w:val="00BF1B17"/>
     <w:rsid w:val="00BF2160"/>
     <w:rsid w:val="00C029D2"/>
@@ -9830,62 +9968,64 @@
     <w:rsid w:val="00CF2381"/>
     <w:rsid w:val="00CF61E1"/>
     <w:rsid w:val="00D02486"/>
     <w:rsid w:val="00D045C2"/>
     <w:rsid w:val="00D15707"/>
     <w:rsid w:val="00D3639E"/>
     <w:rsid w:val="00D40B5F"/>
     <w:rsid w:val="00D41F34"/>
     <w:rsid w:val="00D468FE"/>
     <w:rsid w:val="00D61195"/>
     <w:rsid w:val="00D6215C"/>
     <w:rsid w:val="00D64D2F"/>
     <w:rsid w:val="00D6627C"/>
     <w:rsid w:val="00D75C21"/>
     <w:rsid w:val="00D8731D"/>
     <w:rsid w:val="00D8779B"/>
     <w:rsid w:val="00D920CE"/>
     <w:rsid w:val="00D940B4"/>
     <w:rsid w:val="00D959A8"/>
     <w:rsid w:val="00D96F18"/>
     <w:rsid w:val="00DA57AA"/>
     <w:rsid w:val="00DA6A4C"/>
     <w:rsid w:val="00DA7989"/>
     <w:rsid w:val="00DC2400"/>
     <w:rsid w:val="00DC54EF"/>
+    <w:rsid w:val="00DC6E04"/>
     <w:rsid w:val="00DD3D0F"/>
     <w:rsid w:val="00DD743B"/>
     <w:rsid w:val="00DE2C62"/>
     <w:rsid w:val="00DE7FE1"/>
     <w:rsid w:val="00DF2D30"/>
     <w:rsid w:val="00DF59B7"/>
     <w:rsid w:val="00E00C8D"/>
     <w:rsid w:val="00E02824"/>
     <w:rsid w:val="00E1051F"/>
     <w:rsid w:val="00E1292F"/>
     <w:rsid w:val="00E129A1"/>
     <w:rsid w:val="00E13FEE"/>
+    <w:rsid w:val="00E21468"/>
     <w:rsid w:val="00E2150D"/>
     <w:rsid w:val="00E21B85"/>
     <w:rsid w:val="00E24BDA"/>
     <w:rsid w:val="00E254E0"/>
     <w:rsid w:val="00E27C92"/>
     <w:rsid w:val="00E30145"/>
     <w:rsid w:val="00E30F29"/>
     <w:rsid w:val="00E31385"/>
     <w:rsid w:val="00E35142"/>
     <w:rsid w:val="00E368AF"/>
     <w:rsid w:val="00E46252"/>
     <w:rsid w:val="00E47B2E"/>
     <w:rsid w:val="00E716F7"/>
     <w:rsid w:val="00E76226"/>
     <w:rsid w:val="00E8042B"/>
     <w:rsid w:val="00E92525"/>
     <w:rsid w:val="00E935E1"/>
     <w:rsid w:val="00E93CD8"/>
     <w:rsid w:val="00EA26B8"/>
     <w:rsid w:val="00EA6B6B"/>
     <w:rsid w:val="00EB39D4"/>
     <w:rsid w:val="00EB6E31"/>
     <w:rsid w:val="00EC361D"/>
     <w:rsid w:val="00EC487D"/>
     <w:rsid w:val="00EC752F"/>
@@ -9946,51 +10086,51 @@
     <w:rsid w:val="00FF3865"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="07633729"/>
+  <w14:docId w14:val="3520D176"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{DC9F750C-F8C0-4290-9FEA-088DBFBC2969}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -11167,51 +11307,51 @@
     <w:div w:id="1955482308">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctpdandalucia.es" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@ual.es" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -11452,71 +11592,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...19 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010011EFCF7E409075418D93116C2B5F6284" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="47f2a6d09433f16a86f61872735d6b10">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="32b449e3-c5ca-4082-a87b-7de523da81f1" xmlns:ns4="372ac379-cdad-449d-95e2-422d0c8807d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="00acb40f2d14db4ecf1c12b5a82e5484" ns3:_="" ns4:_="">
     <xsd:import namespace="32b449e3-c5ca-4082-a87b-7de523da81f1"/>
     <xsd:import namespace="372ac379-cdad-449d-95e2-422d0c8807d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -11719,124 +11838,145 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="32b449e3-c5ca-4082-a87b-7de523da81f1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF0971CD-43B9-49D4-B613-AE46788DAC48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="32b449e3-c5ca-4082-a87b-7de523da81f1"/>
     <ds:schemaRef ds:uri="372ac379-cdad-449d-95e2-422d0c8807d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B273003A-7F99-4052-A628-816930A5DA63}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="32b449e3-c5ca-4082-a87b-7de523da81f1"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{476D92F4-3A66-4FCB-9CAE-2A95313AD50F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CD63977-0068-4957-933A-BA1635512DBC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>18</Pages>
-  <Words>5062</Words>
-  <Characters>27841</Characters>
+  <Words>5065</Words>
+  <Characters>27858</Characters>
   <DocSecurity>0</DocSecurity>
-  <Lines>232</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Lines>456</Lines>
+  <Paragraphs>192</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32838</CharactersWithSpaces>
+  <CharactersWithSpaces>32731</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010011EFCF7E409075418D93116C2B5F6284</vt:lpwstr>
   </property>
 </Properties>
 </file>