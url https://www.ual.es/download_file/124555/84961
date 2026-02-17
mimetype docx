--- v0 (2025-10-09)
+++ v1 (2026-02-17)
@@ -444,60 +444,60 @@
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>indicar la dirección de la entidad</w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:t>)…….</w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">, actuando en su nombre y representación de la misma para </w:t>
+              <w:t xml:space="preserve">, actuando en su </w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>lo cual manifiesta estar debidamente facultado.</w:t>
+              <w:t>nombre y representación de la misma para lo cual manifiesta estar debidamente facultado.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="72ECCE40" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Intervienen como tales y en la representación que ostentan se reconocen entre sí la capacidad legal necesaria para suscribir el presente convenio y</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="01B170D4" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="600" w:after="480" w:line="240" w:lineRule="auto"/>
@@ -584,62 +584,62 @@
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Que</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de acuerdo con lo establecido en los Estatutos de la Universidad de Almería y legislación y normativa vigente sobre prácticas externas, la universidad y, en su caso, la entidades gestoras de prácticas a ella vinculada, suscribirán Convenios de Cooperación Educativa con las entidades colaboradoras. Estos </w:t>
+              <w:t xml:space="preserve"> de acuerdo con lo establecido en los Estatutos de la Universidad de Almería y legislación y normativa vigente sobre prácticas externas, la universidad y, en su caso, la entidades gestoras de prácticas a ella vinculada, suscribirán Convenios de Cooperación Educativa </w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>convenios establecerán el marco regulador de las relaciones entre estudiante, entidad colaboradora, Universidad y en su caso la entidad gestora de prácticas vinculada a ésta última y fomentarán que éstas sean accesibles para la realización de prácticas de estudiantes con discapacidad procurando la disposición de los recursos humanos, materiales y tecnológicos necesarios que aseguren la igualdad de oportunidades.</w:t>
+              <w:t>con las entidades colaboradoras. Estos convenios establecerán el marco regulador de las relaciones entre estudiante, entidad colaboradora, Universidad y en su caso la entidad gestora de prácticas vinculada a ésta última y fomentarán que éstas sean accesibles para la realización de prácticas de estudiantes con discapacidad procurando la disposición de los recursos humanos, materiales y tecnológicos necesarios que aseguren la igualdad de oportunidades.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="372D2EFE" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Fuentedeprrafopredet"/>
               <w:spacing w:before="240" w:after="120"/>
               <w:jc w:val="both"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Por ello, deciden concertar el presente convenio de Colaboración de acuerdo con las siguientes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B70AA4D" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
@@ -3888,60 +3888,60 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="709"/>
                 <w:tab w:val="clear" w:pos="1702"/>
                 <w:tab w:val="clear" w:pos="7797"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="714" w:right="0" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Estar matriculado en la asignatura de Prácticas Externas de la titulación de Grado y Máster o estar realizando el </w:t>
+              <w:t xml:space="preserve">Estar matriculado en la asignatura de Prácticas Externas de la titulación de </w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Trabajo de campo o similar, en el marco del TFG/TFM que se realicen durante las prácticas académicas externas.</w:t>
+              <w:t>Grado y Máster o estar realizando el Trabajo de campo o similar, en el marco del TFG/TFM que se realicen durante las prácticas académicas externas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4644C6AE" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="709"/>
                 <w:tab w:val="clear" w:pos="1702"/>
                 <w:tab w:val="clear" w:pos="7797"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="714" w:right="0" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
@@ -4022,70 +4022,78 @@
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>CUARTA.  Aportación económica</w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BB16119" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>La realización de estas prácticas no tendrá retribución económica obligatoria. No obstante, los estudiantes podrán acogerse a cualquier modalidad de ayuda compensatoria que sea compatible con su condición de alumno en prácticas.</w:t>
+              <w:t xml:space="preserve">La realización de estas prácticas no tendrá retribución económica obligatoria. No obstante, los estudiantes podrán acogerse a cualquier modalidad de ayuda </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00486439">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>compensatoria que sea compatible con su condición de alumno en prácticas.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2EE6BC86" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>La empresa o entidad podrá realizar aportaciones económicas en forma de bolsa o ayuda, lo que deberá consignarse en la oferta. En este caso, deberá dar de alta en el Régimen General de la Seguridad Social al beneficiario, según la legislación y normativa vigente.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D7863C" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>QUINTA.  Seguros.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1B459479" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
@@ -4101,60 +4109,60 @@
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Los estudiantes estarán cubiertos, en caso de accidente, enfermedad o infortunio familiar, por el Seguro Escolar en los términos y condiciones que establece la legislación vigente. En el caso de estudiantes mayores de 28 años deberán formalizar un seguro de accidente cuya cuantía correrá a su cargo, debiendo aportar una copia del mismo en el momento de aceptar la práctica, salvo que la Universidad tenga suscrita una póliza para cubrir a este colectivo. Además, los estudiantes estarán cubiertos por un seguro de responsabilidad civil de daños a terceros.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="575DB647" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el alumno se compromete a </w:t>
+              <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y </w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El alumno facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia.</w:t>
+              <w:t>modernización del sistema de la Seguridad Social, el alumno se compromete a contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El alumno facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4126B735" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="054F37EF" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
@@ -4282,82 +4290,90 @@
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="709"/>
                 <w:tab w:val="clear" w:pos="1702"/>
                 <w:tab w:val="clear" w:pos="7797"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="714" w:right="0" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Estar matriculado en la Universidad de Almería en la titulación para la que se oferta la práctica, o en la enseñanza universitaria a la que se vinculan las competencias básicas, genéricas y/o específicas a adquirir por el estudiante en la realización de la práctica.</w:t>
+              <w:t xml:space="preserve">Estar matriculado en la Universidad de Almería en la titulación para la que se oferta la práctica, o en la enseñanza universitaria a la que se </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00486439">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>vinculan las competencias básicas, genéricas y/o específicas a adquirir por el estudiante en la realización de la práctica.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="45AA8366" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="709"/>
                 <w:tab w:val="clear" w:pos="1702"/>
                 <w:tab w:val="clear" w:pos="7797"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="714" w:right="0" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Haber superado el 50% de los créditos necesarios para obtener el título cuyas enseñanzas estuviere cursando. En el caso de títulos de un curso de duración, al menos, de 100 horas, estar matriculado en el mismo.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="397FAAE9" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Prrafodelista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="709"/>
                 <w:tab w:val="clear" w:pos="1702"/>
                 <w:tab w:val="clear" w:pos="7797"/>
               </w:tabs>
               <w:spacing w:after="120" w:line="259" w:lineRule="auto"/>
               <w:ind w:left="714" w:right="0" w:hanging="357"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -4435,84 +4451,92 @@
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>El periodo de duración máxima será de 6 meses o 600 horas en cómputo global. Sólo en casos excepcionales y siempre en aras de un mejor aprovechamiento por parte del estudiante, se podrá hacer una prórroga de tres meses como máximo, previa petición razonada de la empresa, en la que se exprese el compromiso de contratación a la finalización de dicha práctica por un periodo de duración de 6 meses mínimo.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EE0D3B9" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>En el supuesto de que la persona beneficiaria renuncie a la práctica extracurricular concedida, ésta percibirá el importe que le corresponda en función del número de horas de prácticas realizadas, con la condición de haber efectuado un mínimo de 15 días naturales.</w:t>
+              <w:t xml:space="preserve">En el supuesto de que la persona beneficiaria renuncie a la práctica extracurricular concedida, ésta percibirá el importe que le corresponda en función del número de horas de prácticas realizadas, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00486439">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>con la condición de haber efectuado un mínimo de 15 días naturales.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42275E9C" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DACB6CE" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>CUARTA.  Selección de los estudiantes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65EE0AD3" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>La selección se hará con arreglo a criterios objetivos previamente determinados, garantizando, en todo caso, los principios de transparencia, mérito, publicidad e igualdad de oportunidades y de acuerdo con el programa de las prácticas de cada titulación.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78222295" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
@@ -4585,71 +4609,95 @@
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>La empresa o entidad abonará a la persona beneficiaria el importe bruto mensual mínimo de 330 euros en concepto de ayuda o bolsa, directamente a la cuenta facilitada por la persona beneficiaria.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="73FC5132" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>En el caso de ofertas de prácticas cofinanciadas por la Consejería de la Junta de Andalucía con competencias en esta materia, la empresa o entidad abonará a la persona beneficiaria el importe bruto mensual mínimo de 180 euros en concepto de ayuda o bolsa, directamente a la cuenta facilitada por la persona beneficiaria.</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="31C3DE08" w14:textId="5F81F551" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
+              <w:t xml:space="preserve">En el caso de ofertas de prácticas cofinanciadas por la Consejería de la Junta de Andalucía con competencias en esta </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00486439">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>materia, la empresa o entidad abonará a la persona beneficiaria el importe bruto mensual mínimo de 180 euros en concepto de ayuda o bolsa, directamente a la cuenta facilitada por la persona beneficiaria.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31C3DE08" w14:textId="7AE49453" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>La empresa o entidad abonará a la Universidad de Almería una cuantía económica de 30 euros (más IVA) en concepto de gastos de gestión por estudiante seleccionado y mes, tal y como queda recogido en los Presupuestos Anuales de la Universidad de Almería.</w:t>
+              <w:t xml:space="preserve">La empresa o entidad abonará a la Universidad de Almería una cuantía económica de </w:t>
+            </w:r>
+            <w:r w:rsidR="00092F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00486439">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>0 euros (más IVA) en concepto de gastos de gestión por estudiante seleccionado y mes, tal y como queda recogido en los Presupuestos Anuales de la Universidad de Almería.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="42299DEA" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">SEXTA.  Seguros. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="519BFF03" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
@@ -4680,60 +4728,60 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>estudiante</w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> se compromete a contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, </w:t>
+              <w:t xml:space="preserve"> se compromete a </w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">durante todo el periodo de estancia. El </w:t>
+              <w:t xml:space="preserve">contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">estudiante </w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>facilitará una copia de dicho seguro a la Universidad de Almería antes del inicio de la estancia.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6730D8F6" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
@@ -4860,61 +4908,61 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>PRIMERA.  Descripción.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="099ACAE7" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00437F05" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00437F05">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">El Trabajo fin de grado (TFG) y el Trabajo fin de máster (TFM) son asignaturas obligatorias del plan de estudios de los títulos oficiales de grado y máster, respectivamente. Su objetivo es permitir que el estudiantado desarrolle, aplique y demuestre parte de los conocimientos, capacidades y competencias adquiridas durante su formación académica. Por su parte, la tesis doctoral es un trabajo de investigación original realizado dentro de un </w:t>
+              <w:t xml:space="preserve">El Trabajo fin de grado (TFG) y el Trabajo fin de máster (TFM) son asignaturas obligatorias del plan de estudios de los títulos oficiales de grado y máster, respectivamente. Su objetivo es permitir que el estudiantado desarrolle, aplique y </w:t>
             </w:r>
             <w:r w:rsidRPr="00437F05">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>programa de doctorado para la obtención del grado de doctor.</w:t>
+              <w:t>demuestre parte de los conocimientos, capacidades y competencias adquiridas durante su formación académica. Por su parte, la tesis doctoral es un trabajo de investigación original realizado dentro de un programa de doctorado para la obtención del grado de doctor.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1266B785" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="002F791E" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00437F05">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Las estancias en entidades colaboradoras para realizar estos trabajos de campo no t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -5077,187 +5125,187 @@
             <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>donde se delimite la esta</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">ncia del alumnado en la entidad colaboradora </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">ncia del alumnado </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>que contendrá, al menos, la siguiente información: d</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">en la entidad colaboradora </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">atos </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>que contendrá, al menos, la siguiente información: d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>del</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:t xml:space="preserve">atos </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> estudiante</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>del</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:t xml:space="preserve"> estudiante</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>entidad colaboradora</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:t>entidad colaboradora</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> director</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> o directores del estudiante</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:t xml:space="preserve"> director</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> en la Universidad de </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> o directores del estudiante</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Almería, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:t xml:space="preserve"> en la Universidad de </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t>tutor</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Almería, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve"> o tutores </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BC0AAE">
+              <w:t>tutor</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">en la entidad </w:t>
+              <w:t xml:space="preserve"> o tutores </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>colaboradora</w:t>
+              <w:t>en la entidad colaboradora</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">, actividad a desarrollar, </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC0AAE">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>duración y horario de la estancia</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
@@ -5475,50 +5523,51 @@
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> a resolver sus dudas y dificultades.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40BC98AF" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="002F791E" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:before="480" w:after="240" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F791E">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>SEXTA. Obligaciones de la Universidad.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E3A5621" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="005D207A" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Ttulo"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072384D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve">La </w:t>
             </w:r>
             <w:r w:rsidRPr="005D207A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
@@ -5530,61 +5579,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="3F0700B0" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="005D207A" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Ttulo"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="21"/>
               </w:numPr>
               <w:spacing w:before="0" w:after="120" w:line="360" w:lineRule="atLeast"/>
               <w:ind w:left="567" w:hanging="357"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D207A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nombrar al director o directores del trabajo, de conformidad con la </w:t>
-[...9 lines deleted...]
-              <w:t>normativa específica que regule</w:t>
+              <w:t>Nombrar al director o directores del trabajo, de conformidad con la normativa específica que regule</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t xml:space="preserve"> la materia</w:t>
             </w:r>
             <w:r w:rsidRPr="005D207A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AB22B78" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="005D207A" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:pStyle w:val="Ttulo"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
@@ -5715,79 +5754,79 @@
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.  Seguros.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B4C7EE3" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRPr="00486439" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Los estudiantes estarán cubiertos, en caso de accidente, enfermedad o infortunio familiar, por el Seguro Escolar en los términos y condiciones que establece la legislación vigente. En el caso de estudiantes mayores de 28 años deberán formalizar un seguro de accidente cuya cuantía correrá a su cargo, debiendo aportar una copia del mismo en el momento de aceptar la práctica, salvo que la Universidad tenga suscrita una póliza para cubrir a este colectivo. Además, los estudiantes estarán cubiertos por un seguro de responsabilidad civil de daños a terceros.</w:t>
+              <w:t xml:space="preserve">Los estudiantes estarán cubiertos, en caso de accidente, enfermedad o infortunio familiar, por el Seguro Escolar en los términos y condiciones que establece la legislación vigente. En el caso de estudiantes mayores de 28 años deberán formalizar un seguro de accidente cuya cuantía correrá a su cargo, debiendo aportar una copia del mismo en el momento de aceptar la práctica, salvo que la Universidad tenga suscrita una póliza para cubrir a este colectivo. Además, los estudiantes estarán </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00486439">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>cubiertos por un seguro de responsabilidad civil de daños a terceros.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50AC9F95" w14:textId="77777777" w:rsidR="00254DA2" w:rsidRDefault="00254DA2" w:rsidP="00254DA2">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve">participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el </w:t>
+              <w:t xml:space="preserve">Para estudiantes extranjeros, en el caso de que no les sea de aplicación el  Real Decreto 1493/2011, de 24 de octubre, por el que se regulan los términos y las condiciones de inclusión en el Régimen General de la Seguridad Social de las personas que participen en programas de formación, en desarrollo de lo previsto en la disposición adicional tercera de la Ley 27/2011, de 1 de agosto, sobre actualización, adecuación y modernización del sistema de la Seguridad Social, el </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>estudiante</w:t>
             </w:r>
             <w:r w:rsidRPr="00486439">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> se compromete a contratar un seguro que incluya la cobertura de las siguientes contingencias en España: Asistencia médico sanitaria farmacéutica, accidentes, responsabilidad civil y repatriación en caso de fallecimiento, durante todo el periodo de estancia. El </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>estudiante</w:t>
             </w:r>
@@ -11398,69 +11437,87 @@
               </w:rPr>
               <w:t>The company or entity will pay the beneficiary the minimum gross monthly amount of 330 euros as aid or a grant, directly to the account provided by the beneficiary.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="03008057" w14:textId="0EBF8D10" w:rsidR="001C6B31" w:rsidRPr="00C626FC" w:rsidRDefault="001C6B31" w:rsidP="00473C76">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C626FC">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>In the case of internship offers co-financed by the Ministry of the Junta de Andalucía that has competence in this matter, the company or entity will pay the beneficiary the minimum gross monthly amount of 180 euros as aid or a grant, directly to the account provided by the beneficiary.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45483F41" w14:textId="14D8AD67" w:rsidR="001C6B31" w:rsidRPr="00651278" w:rsidRDefault="001C6B31" w:rsidP="00473C76">
+          <w:p w14:paraId="45483F41" w14:textId="652FF351" w:rsidR="001C6B31" w:rsidRPr="00651278" w:rsidRDefault="001C6B31" w:rsidP="00473C76">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00651278">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The company or entity will pay the University of Almeria an economic amount of 30 euros (plus </w:t>
+              <w:t xml:space="preserve">The company or entity will pay the University of Almeria an economic amount of </w:t>
+            </w:r>
+            <w:r w:rsidR="00092F9F">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00651278">
+              <w:rPr>
+                <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 euros (plus </w:t>
             </w:r>
             <w:r w:rsidRPr="00651278">
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>VAT) for management fees per selected student per month, as stated in the Annual Budgets of the University of Almeria.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17E36A66" w14:textId="77777777" w:rsidR="00C626FC" w:rsidRPr="00651278" w:rsidRDefault="00C626FC" w:rsidP="00473C76">
             <w:pPr>
               <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="42766F77" w14:textId="77777777" w:rsidR="00C626FC" w:rsidRPr="00651278" w:rsidRDefault="00C626FC" w:rsidP="00473C76">
@@ -12553,196 +12610,188 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="657C0D7A" w14:textId="08F311F0" w:rsidR="007B4A35" w:rsidRPr="00A3282B" w:rsidRDefault="007B4A35" w:rsidP="00F80992">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="007B4A35" w:rsidRPr="00A3282B" w:rsidSect="00225CCE">
       <w:headerReference w:type="default" r:id="rId15"/>
       <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1985" w:right="1133" w:bottom="851" w:left="1701" w:header="1560" w:footer="261" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C7C4ADD" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF" w:rsidP="007447F1">
+    <w:p w14:paraId="7716F602" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6750B987" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF"/>
+    <w:p w14:paraId="46E89DF7" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="21938190" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF" w:rsidP="007447F1">
+    <w:p w14:paraId="70B6A865" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DE3606" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF"/>
+    <w:p w14:paraId="2A6722F4" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{FBE21AFE-98F5-A645-8AE6-70F2AE284764}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId2" w:fontKey="{E137166D-7903-F441-BADD-F4B50E89F943}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId5" w:fontKey="{96B4AB7B-1419-194A-8421-3F3426554FF6}"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId6" w:fontKey="{26F1FDA7-FCF2-D04F-BCA8-39282CA68D4D}"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId7" w:fontKey="{19868E90-E2A0-554B-AC8D-2FD217DDFF09}"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...1 lines deleted...]
-    <w:embedBold r:id="rId9" w:fontKey="{B3BFCD71-5FFE-4F46-BC06-0C8E7A94E6BF}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{C0995CE0-59D5-4B92-817E-EA9FCE823824}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{EFA7E33F-4940-4F40-97CF-D0B75D15DBFE}"/>
   </w:font>
   <w:font w:name="Catamaran">
     <w:altName w:val="Calibri"/>
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="00000500000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId10" w:fontKey="{190AB575-EC67-114A-A49C-950A700A1629}"/>
-[...2 lines deleted...]
-    <w:embedBoldItalic r:id="rId13" w:fontKey="{B6971E04-17DF-E948-9B38-D292EF490050}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{8C13013E-A691-4D3D-8A59-4193696FEB29}"/>
+    <w:embedBold r:id="rId4" w:fontKey="{25AD8B95-0FA2-4B64-983E-DA57AD0A1395}"/>
+    <w:embedItalic r:id="rId5" w:fontKey="{2E3DBA8D-EDAD-46AA-B113-87484269626B}"/>
+    <w:embedBoldItalic r:id="rId6" w:fontKey="{DBE43B55-CCCB-4740-9F67-B670B8D80655}"/>
   </w:font>
   <w:font w:name="Tms Rmn">
     <w:altName w:val="Times New Roman"/>
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="02020603040505020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId16" w:fontKey="{E2E9702F-2EF9-6743-BAD0-A50D6E2306DC}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId7" w:fontKey="{B550C3D3-CCA4-4D8F-9CA9-C759C9B26C99}"/>
   </w:font>
   <w:font w:name="Catamaran Medium">
-    <w:panose1 w:val="020B0604020202020204"/>
+    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00100007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId17" w:fontKey="{A42D79B6-CD56-104D-8847-2B38DCDCE3E3}"/>
+    <w:embedRegular r:id="rId8" w:fontKey="{B184A99A-9B55-4109-B62A-E131C4FED78F}"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId18" w:fontKey="{D7392B91-065D-5145-BB8D-ACC538D72CD5}"/>
+    <w:embedRegular r:id="rId9" w:fontKey="{6FB9256E-C59C-4ABB-ABAF-C31092DB68EB}"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId19" w:fontKey="{3ECE4B34-09BE-3F46-B13A-7A907BBEAA76}"/>
+    <w:embedRegular r:id="rId10" w:fontKey="{937BA0AE-DC67-4C78-AE41-C45CC2106A40}"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="New Baskerville">
     <w:altName w:val="Cambria"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId21" w:fontKey="{776DE61C-B18D-CE4D-A665-7486B989E69E}"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId11" w:fontKey="{80356BE0-C2C8-4225-81DD-70E465D72835}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1288120087"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="75814F74" w14:textId="1BE4C192" w:rsidR="003D686C" w:rsidRPr="003D686C" w:rsidRDefault="003D686C">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
           <w:rPr>
@@ -12774,70 +12823,70 @@
             <w:lang w:val="es-ES"/>
           </w:rPr>
           <w:t>29</w:t>
         </w:r>
         <w:r w:rsidRPr="003D686C">
           <w:rPr>
             <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7CD2078E" w14:textId="77777777" w:rsidR="003D686C" w:rsidRDefault="003D686C">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2078BA84" w14:textId="77777777" w:rsidR="00EC487D" w:rsidRDefault="00EC487D"/>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="030DF2DF" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF" w:rsidP="007447F1">
+    <w:p w14:paraId="2AF73C78" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492B0BC9" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF"/>
+    <w:p w14:paraId="69D792D2" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="483FCA36" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF" w:rsidP="007447F1">
+    <w:p w14:paraId="3F7F9759" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF" w:rsidP="007447F1">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="523D4F42" w14:textId="77777777" w:rsidR="005643DF" w:rsidRDefault="005643DF"/>
+    <w:p w14:paraId="1CDE033B" w14:textId="77777777" w:rsidR="002624DF" w:rsidRDefault="002624DF"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BDB15E9" w14:textId="77777777" w:rsidR="00D959A8" w:rsidRDefault="00BB30FF">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="536611BD" wp14:editId="0DC36843">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>4187190</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-609600</wp:posOffset>
@@ -12909,51 +12958,51 @@
                               <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                               <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="536611BD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:329.7pt;margin-top:-48pt;width:141.75pt;height:41.25pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAkd/udpwIAAN0FAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1PGzEQvVfqf7B8L7sJBGjEBqVBVJUo&#10;oELF2fHaiVXb49pOdsOv79i7+YByoWoOjr3z5nnmeWYuLlujyVr4oMBWdHBUUiIsh1rZRUV/Pl5/&#10;OqckRGZrpsGKim5EoJeTjx8uGjcWQ1iCroUnSGLDuHEVXcboxkUR+FIYFo7ACYtGCd6wiEe/KGrP&#10;GmQ3uhiW5WnRgK+dBy5CwK9XnZFOMr+Ugsc7KYOIRFcUY4t59Xmdp7WYXLDxwjO3VLwPg/1DFIYp&#10;i5fuqK5YZGTl1V9URnEPAWQ84mAKkFJxkXPAbAblq2welsyJnAuKE9xOpvD/aPnt+t4TVePbUWKZ&#10;wSearVjtgdSCRNFGIIMkUuPCGLEPDtGx/QJtcui/B/yYcm+lN+kfsyJoR7k3O4mRifDkdF6Ww+GI&#10;Eo620fD4/GyUaIq9t/MhfhVgSNpU1OMTZmXZ+ibEDrqFpMsCaFVfK63zIZWNmGlP1gwfXMccI5K/&#10;QGlLmoqeHo/KTPzClgtvzzBfDDJGr8x3qDvWUYm/PugdPKdwwIR3aptCErkI+9CTip1aeRc3WiSM&#10;tj+ExEfIor2RB+Nc2F0uGZ1QErN+j2OP30f1HucuD/TIN4ONO2ejLPhOyZfy17+28ssOjyId5J22&#10;sZ23fRXNod5gcXnoejQ4fq2wAm5YiPfMY1NiPeGgiXe4SA34gtDvKFmCf37re8Jjr6CVkgabvKLh&#10;94p5QYn+ZrGLPg9OTtJUyIeT0dkQD/7QMj+02JWZAZYVdgpGl7cJH/V2Kz2YJ5xH03QrmpjleHdF&#10;43Y7i93owXnGxXSaQTgHHIs39sHxRJ3kTfX92D4x7/omSI14C9txwMaveqHDJk8L01UEqXKjJIE7&#10;VXvhcYbkOu3nXRpSh+eM2k/lyR8AAAD//wMAUEsDBBQABgAIAAAAIQDX63/f4gAAAAsBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9NS8NAEIbvgv9hGcFbu2lNQhOzKSIqFKFgLfS6zY5J7H6ku9s2+usd&#10;T3qcmYd3nrdajkazM/rQOytgNk2AoW2c6m0rYPv+PFkAC1FaJbWzKOALAyzr66tKlspd7BueN7Fl&#10;FGJDKQV0MQ4l56Hp0MgwdQNaun04b2Sk0bdceXmhcKP5PElybmRv6UMnB3zssDlsTkZAunpCvXvx&#10;x8iTY/b9uT68utVWiNub8eEeWMQx/sHwq0/qUJPT3p2sCkwLyLMiJVTApMipFBFFOi+A7Wkzu8uA&#10;1xX/36H+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACR3+52nAgAA3QUAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANfrf9/iAAAACwEAAA8AAAAA&#10;AAAAAAAAAAAAAQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAQBgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1612]" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:329.7pt;margin-top:-48pt;width:141.75pt;height:41.25pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/BQl5jQIAALEFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtPGzEQvlfqf7B8L7sJBNKIDUpBVJUo&#10;oELF2fHaiVXb49pOdsOv79i7eUC5UDUHZ7zzzevzzJxftEaTtfBBga3o4KikRFgOtbKLiv58vP40&#10;piREZmumwYqKbkSgF9OPH84bNxFDWIKuhSfoxIZJ4yq6jNFNiiLwpTAsHIETFpUSvGERr35R1J41&#10;6N3oYliWp0UDvnYeuAgBv151SjrN/qUUPN5JGUQkuqKYW8ynz+c8ncX0nE0Wnrml4n0a7B+yMExZ&#10;DLpzdcUiIyuv/nJlFPcQQMYjDqYAKRUXuQasZlC+quZhyZzItSA5we1oCv/PLb9dP7h7T2L7BVp8&#10;wERI48Ik4MdUTyu9Sf+YKUE9UrjZ0SbaSHgyGpflcDiihKNuNDwen42Sm2Jv7XyIXwUYkoSKenyW&#10;zBZb34TYQbeQFCyAVvW10jpfUiuIS+3JmuEj6phzROcvUNqSpqKnx6MyO36hy8209zBfDDJGr8x3&#10;qDuvoxJ/fdI7eC7hwBPG1DalJHJj9anv2cpS3GiRMNr+EJKoOpP2Rh2Mc2F3tWR0Qkms+j2GPX6f&#10;1XuMuzrQIkcGG3fGRlnwHZMv6a9/bemXHR5JOqg7ibGdt30XzaHeYHN56OYuOH6tsANuWIj3zOOg&#10;YT/h8oh3eEgN+ILQS5QswT+/9T3hsf9RS0mDg1vR8HvFvKBEf7M4GZ8HJydp0vPlZHQ2xIs/1MwP&#10;NXZlLgHbaoBryvEsJnzUW1F6ME+4Y2YpKqqY5Ri7onErXsZuneCO4mI2yyCcbcfijX1wPLlO9Kb+&#10;fmyfmHf9EEQcn1vYjjibvJqFDpssLcxWEaTKg5II7ljtice9kPu032Fp8RzeM2q/aad/AAAA//8D&#10;AFBLAwQUAAYACAAAACEA1+t/3+IAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvDQBCG74L/&#10;YRnBW7tpTUITsykiKhShYC30us2OSex+pLvbNvrrHU96nJmHd563Wo5GszP60DsrYDZNgKFtnOpt&#10;K2D7/jxZAAtRWiW1syjgCwMs6+urSpbKXewbnjexZRRiQykFdDEOJeeh6dDIMHUDWrp9OG9kpNG3&#10;XHl5oXCj+TxJcm5kb+lDJwd87LA5bE5GQLp6Qr178cfIk2P2/bk+vLrVVojbm/HhHljEMf7B8KtP&#10;6lCT096drApMC8izIiVUwKTIqRQRRTovgO1pM7vLgNcV/9+h/gEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQD/BQl5jQIAALEFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQDX63/f4gAAAAsBAAAPAAAAAAAAAAAAAAAAAOcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAA9gUAAAAA&#10;" fillcolor="white [3201]" strokecolor="#7f7f7f [1612]" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w14:paraId="3318118A" w14:textId="77777777" w:rsidR="00422918" w:rsidRPr="00BB30FF" w:rsidRDefault="00422918" w:rsidP="00422918">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                         <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                       </w:rPr>
                       <w:t>Logo of the collaborating entity</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="0723B30D" w14:textId="36609A9C" w:rsidR="00BB30FF" w:rsidRPr="00BB30FF" w:rsidRDefault="00BB30FF">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Catamaran" w:hAnsi="Catamaran" w:cs="Catamaran"/>
                         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
                       </w:rPr>
                     </w:pPr>
@@ -14963,93 +15012,94 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1915771996">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="80224662">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1108163436">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="535191692">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="870142901">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="2025785561">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="125"/>
+  <w:zoom w:percent="100"/>
   <w:embedTrueTypeFonts/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="007447F1"/>
     <w:rsid w:val="00015116"/>
     <w:rsid w:val="00016DCC"/>
     <w:rsid w:val="000304C9"/>
     <w:rsid w:val="00031F84"/>
     <w:rsid w:val="00037276"/>
     <w:rsid w:val="000379F6"/>
     <w:rsid w:val="0004277A"/>
     <w:rsid w:val="000475FC"/>
     <w:rsid w:val="00050020"/>
     <w:rsid w:val="00057B18"/>
     <w:rsid w:val="000629FE"/>
     <w:rsid w:val="0006331D"/>
     <w:rsid w:val="000648C5"/>
     <w:rsid w:val="00064DA6"/>
     <w:rsid w:val="000674DE"/>
     <w:rsid w:val="00067606"/>
     <w:rsid w:val="0008447A"/>
+    <w:rsid w:val="00092F9F"/>
     <w:rsid w:val="00095ECF"/>
     <w:rsid w:val="000A23B0"/>
     <w:rsid w:val="000B5FD5"/>
     <w:rsid w:val="000C5CB2"/>
     <w:rsid w:val="000D143A"/>
     <w:rsid w:val="000D17C5"/>
     <w:rsid w:val="000D3ACB"/>
     <w:rsid w:val="000D3EC3"/>
     <w:rsid w:val="000F0DE0"/>
     <w:rsid w:val="000F39DA"/>
     <w:rsid w:val="000F6C71"/>
     <w:rsid w:val="000F6D6B"/>
     <w:rsid w:val="00100439"/>
     <w:rsid w:val="001004A4"/>
     <w:rsid w:val="00105B8E"/>
     <w:rsid w:val="00113756"/>
     <w:rsid w:val="00124DE5"/>
     <w:rsid w:val="001261D3"/>
     <w:rsid w:val="00132751"/>
     <w:rsid w:val="00134058"/>
     <w:rsid w:val="00134A38"/>
     <w:rsid w:val="0014150F"/>
     <w:rsid w:val="001418B3"/>
     <w:rsid w:val="001452C3"/>
     <w:rsid w:val="00150C56"/>
@@ -15079,50 +15129,51 @@
     <w:rsid w:val="001E5C25"/>
     <w:rsid w:val="001E6819"/>
     <w:rsid w:val="001F45D9"/>
     <w:rsid w:val="002013B6"/>
     <w:rsid w:val="00203433"/>
     <w:rsid w:val="002111CC"/>
     <w:rsid w:val="002165EA"/>
     <w:rsid w:val="0022079F"/>
     <w:rsid w:val="00220983"/>
     <w:rsid w:val="00221EAE"/>
     <w:rsid w:val="00225CCE"/>
     <w:rsid w:val="00226EC0"/>
     <w:rsid w:val="00227A90"/>
     <w:rsid w:val="00230FE2"/>
     <w:rsid w:val="00233682"/>
     <w:rsid w:val="00235FF4"/>
     <w:rsid w:val="002401E4"/>
     <w:rsid w:val="0024437E"/>
     <w:rsid w:val="002447E7"/>
     <w:rsid w:val="00253BED"/>
     <w:rsid w:val="00254852"/>
     <w:rsid w:val="00254DA2"/>
     <w:rsid w:val="00254F85"/>
     <w:rsid w:val="00257721"/>
     <w:rsid w:val="00261723"/>
+    <w:rsid w:val="002624DF"/>
     <w:rsid w:val="00274B2D"/>
     <w:rsid w:val="002763E0"/>
     <w:rsid w:val="00280468"/>
     <w:rsid w:val="00282486"/>
     <w:rsid w:val="0028701A"/>
     <w:rsid w:val="002871B5"/>
     <w:rsid w:val="00296435"/>
     <w:rsid w:val="002A3FAE"/>
     <w:rsid w:val="002A51D9"/>
     <w:rsid w:val="002B546E"/>
     <w:rsid w:val="002C042B"/>
     <w:rsid w:val="002C0B6F"/>
     <w:rsid w:val="002C3D3B"/>
     <w:rsid w:val="002D21A3"/>
     <w:rsid w:val="002D3F25"/>
     <w:rsid w:val="002D47ED"/>
     <w:rsid w:val="002D5310"/>
     <w:rsid w:val="002E00F5"/>
     <w:rsid w:val="002E0F2F"/>
     <w:rsid w:val="002F139C"/>
     <w:rsid w:val="002F274C"/>
     <w:rsid w:val="002F791E"/>
     <w:rsid w:val="003020F0"/>
     <w:rsid w:val="003110FA"/>
     <w:rsid w:val="003318D8"/>
@@ -15588,50 +15639,51 @@
     <w:rsid w:val="00EE62F2"/>
     <w:rsid w:val="00EF2A26"/>
     <w:rsid w:val="00EF348C"/>
     <w:rsid w:val="00EF49DF"/>
     <w:rsid w:val="00F07146"/>
     <w:rsid w:val="00F104BA"/>
     <w:rsid w:val="00F121DC"/>
     <w:rsid w:val="00F12B74"/>
     <w:rsid w:val="00F20B57"/>
     <w:rsid w:val="00F20CF3"/>
     <w:rsid w:val="00F240C6"/>
     <w:rsid w:val="00F2684F"/>
     <w:rsid w:val="00F30936"/>
     <w:rsid w:val="00F30C84"/>
     <w:rsid w:val="00F31CAE"/>
     <w:rsid w:val="00F32925"/>
     <w:rsid w:val="00F32E3A"/>
     <w:rsid w:val="00F334C3"/>
     <w:rsid w:val="00F33E41"/>
     <w:rsid w:val="00F353C5"/>
     <w:rsid w:val="00F35DFB"/>
     <w:rsid w:val="00F35E00"/>
     <w:rsid w:val="00F41B9C"/>
     <w:rsid w:val="00F4376B"/>
     <w:rsid w:val="00F4776A"/>
+    <w:rsid w:val="00F50FCE"/>
     <w:rsid w:val="00F514AE"/>
     <w:rsid w:val="00F5238A"/>
     <w:rsid w:val="00F528AC"/>
     <w:rsid w:val="00F6118C"/>
     <w:rsid w:val="00F7348A"/>
     <w:rsid w:val="00F7577A"/>
     <w:rsid w:val="00F807D0"/>
     <w:rsid w:val="00F80992"/>
     <w:rsid w:val="00F82322"/>
     <w:rsid w:val="00F82BA3"/>
     <w:rsid w:val="00F8367A"/>
     <w:rsid w:val="00F83B0D"/>
     <w:rsid w:val="00F8721A"/>
     <w:rsid w:val="00F8737C"/>
     <w:rsid w:val="00F8798B"/>
     <w:rsid w:val="00FA09B0"/>
     <w:rsid w:val="00FA5891"/>
     <w:rsid w:val="00FB14EB"/>
     <w:rsid w:val="00FB5354"/>
     <w:rsid w:val="00FB733F"/>
     <w:rsid w:val="00FC2481"/>
     <w:rsid w:val="00FC3554"/>
     <w:rsid w:val="00FD0E7F"/>
     <w:rsid w:val="00FD1C58"/>
     <w:rsid w:val="00FD29FC"/>
@@ -16864,51 +16916,51 @@
     <w:div w:id="1955482308">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@ual.es" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctpdandalucia.es" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:dpo@ual.es" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ctpdandalucia.es" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font13.odttf"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font18.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font21.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font12.odttf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font17.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font16.odttf"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font20.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font15.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font19.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font14.odttf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font8.odttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font11.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font10.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font9.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -17149,67 +17201,71 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="32b449e3-c5ca-4082-a87b-7de523da81f1" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x01010011EFCF7E409075418D93116C2B5F6284" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="47f2a6d09433f16a86f61872735d6b10">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="32b449e3-c5ca-4082-a87b-7de523da81f1" xmlns:ns4="372ac379-cdad-449d-95e2-422d0c8807d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="00acb40f2d14db4ecf1c12b5a82e5484" ns3:_="" ns4:_="">
     <xsd:import namespace="32b449e3-c5ca-4082-a87b-7de523da81f1"/>
     <xsd:import namespace="372ac379-cdad-449d-95e2-422d0c8807d3"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -17412,135 +17468,131 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{476D92F4-3A66-4FCB-9CAE-2A95313AD50F}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B273003A-7F99-4052-A628-816930A5DA63}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="32b449e3-c5ca-4082-a87b-7de523da81f1"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{476D92F4-3A66-4FCB-9CAE-2A95313AD50F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9C16037B-85B5-43D9-8188-1469034C612F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF0971CD-43B9-49D4-B613-AE46788DAC48}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="32b449e3-c5ca-4082-a87b-7de523da81f1"/>
     <ds:schemaRef ds:uri="372ac379-cdad-449d-95e2-422d0c8807d3"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>30</Pages>
-  <Words>9920</Words>
-  <Characters>54566</Characters>
+  <Words>9936</Words>
+  <Characters>54550</Characters>
   <DocSecurity>0</DocSecurity>
-  <Lines>454</Lines>
-  <Paragraphs>128</Paragraphs>
+  <Lines>1881</Lines>
+  <Paragraphs>388</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>64358</CharactersWithSpaces>
+  <CharactersWithSpaces>64098</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010011EFCF7E409075418D93116C2B5F6284</vt:lpwstr>
   </property>
 </Properties>
 </file>